--- v0 (2025-11-10)
+++ v1 (2025-12-24)
@@ -2655,85 +2655,96 @@
       <w:r w:rsidRPr="0023151B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma-Bold" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0432FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00994E17">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma-Bold" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0432FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>1:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2650AB3B" w14:textId="33DE6E8F" w:rsidR="0023151B" w:rsidRPr="0023151B" w:rsidRDefault="0023151B" w:rsidP="0023151B">
+    <w:p w14:paraId="2650AB3B" w14:textId="3EC74AFD" w:rsidR="0023151B" w:rsidRPr="0023151B" w:rsidRDefault="0023151B" w:rsidP="0023151B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="1440" w:right="1037"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma-Bold" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0432FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023151B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma-Bold" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0432FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Motion to approve </w:t>
       </w:r>
-      <w:r w:rsidR="000E2159">
+      <w:r w:rsidR="00DF6505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma-Bold" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0432FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>February 21, 2025,</w:t>
+        <w:t>May 5</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2159">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma-Bold" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 2025,</w:t>
       </w:r>
       <w:r w:rsidR="00F303C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma-Bold" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0432FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0023151B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma-Bold" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0432FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>meeting minutes as submitted</w:t>
       </w:r>
       <w:r w:rsidR="00CC05A3">
         <w:rPr>
@@ -3145,59 +3156,51 @@
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00182B85">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>FY2025 Georgia Trauma Commission Annual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00182B85">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Report has been released. Hard copies will be available at the November Commission meeting.</w:t>
       </w:r>
       <w:r w:rsidR="00182B85" w:rsidRPr="00182B85">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Committee members </w:t>
+        <w:t xml:space="preserve"> Committee members </w:t>
       </w:r>
       <w:r w:rsidR="00182B85">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00182B85" w:rsidRPr="00182B85">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">encouraged to review and promote their accomplishments. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A073700" w14:textId="63A66C82" w:rsidR="00991BE0" w:rsidRPr="00991BE0" w:rsidRDefault="00991BE0" w:rsidP="00991BE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="71"/>
         </w:numPr>
@@ -3934,62 +3937,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0466BFAD" w14:textId="5CF663AE" w:rsidR="00FF3716" w:rsidRPr="00FC2EE4" w:rsidRDefault="000F4781" w:rsidP="00FF3716">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2EE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Ge</w:t>
-[...10 lines deleted...]
-        <w:t>orgia Readiness Planning: Lessons from the Pandemic and the Frontline of Ukraine</w:t>
+        <w:t>Georgia Readiness Planning: Lessons from the Pandemic and the Frontline of Ukraine</w:t>
       </w:r>
       <w:r w:rsidR="00FF3716" w:rsidRPr="00FC2EE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74D40F75" w14:textId="288F0FEB" w:rsidR="00FF3716" w:rsidRDefault="00FF3716" w:rsidP="00FF3716">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5632,102 +5624,102 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003B1078" w:rsidRPr="00994E17" w:rsidSect="00892CAA">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1882" w:right="1080" w:bottom="1440" w:left="1080" w:header="639" w:footer="513" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2487BD4C" w14:textId="77777777" w:rsidR="00113528" w:rsidRDefault="00113528">
+    <w:p w14:paraId="74C1C357" w14:textId="77777777" w:rsidR="00057141" w:rsidRDefault="00057141">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F3433B4" w14:textId="77777777" w:rsidR="00113528" w:rsidRDefault="00113528">
+    <w:p w14:paraId="06EDB880" w14:textId="77777777" w:rsidR="00057141" w:rsidRDefault="00057141">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="00000500000000020000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:panose1 w:val="020B0600040502020204"/>
@@ -6020,77 +6012,77 @@
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:spacing w:val="20"/>
       </w:rPr>
       <w:t>November 3</w:t>
     </w:r>
     <w:r w:rsidR="00DB5B27">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:spacing w:val="20"/>
       </w:rPr>
       <w:t>, 2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="163FD698" w14:textId="77777777" w:rsidR="00B97835" w:rsidRPr="008B12BB" w:rsidRDefault="00B97835" w:rsidP="008B12BB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="099644EB" w14:textId="77777777" w:rsidR="00113528" w:rsidRDefault="00113528">
+    <w:p w14:paraId="14C2A883" w14:textId="77777777" w:rsidR="00057141" w:rsidRDefault="00057141">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="726F7EE4" w14:textId="77777777" w:rsidR="00113528" w:rsidRDefault="00113528">
+    <w:p w14:paraId="3C2163C4" w14:textId="77777777" w:rsidR="00057141" w:rsidRDefault="00057141">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6F4664AE" w14:textId="77777777" w:rsidR="00B97835" w:rsidRDefault="00113528">
+  <w:p w14:paraId="6F4664AE" w14:textId="77777777" w:rsidR="00B97835" w:rsidRDefault="00057141">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="3DA1A8C1">
+      <w:pict w14:anchorId="5609A34D">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject2" o:spid="_x0000_s1027" type="#_x0000_t136" alt="" style="position:absolute;margin-left:0;margin-top:0;width:532.95pt;height:177.65pt;rotation:315;z-index:-251657216;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" wrapcoords="21296 4921 17620 5012 17589 5103 17559 6106 17194 5103 16678 4465 16496 4921 13944 5012 14308 6653 14308 10663 11696 4739 11270 4830 11179 4921 10268 11027 7777 5103 7655 5194 7412 5103 6865 4921 5134 5012 5073 5468 5468 6926 5468 10936 3675 6379 3007 4830 2825 5194 2612 5103 2065 4921 425 4921 394 5286 789 7291 759 15311 455 16678 364 16951 546 17498 546 17589 2794 17407 3281 16860 3675 16040 4010 14946 4556 16496 5437 18045 5650 17589 6258 17589 6622 17407 6622 17134 6258 15402 6258 13397 8263 17589 10359 17498 10663 17407 10663 16951 10298 15220 10481 13670 11453 16496 12243 18045 12486 17589 13488 17407 13579 17043 13579 16769 14339 18045 14582 17589 15554 17589 15584 17225 15098 15220 15098 13124 15311 11665 15493 12121 16435 13397 16617 13215 16648 11574 18440 16860 19048 18318 19382 17589 20324 17407 20324 17134 19868 15037 19898 6744 21083 8384 21356 8384 21387 8293 21417 5286 21296 4921" fillcolor="silver" stroked="f">
@@ -6128,100 +6120,100 @@
                 <pic:nvPicPr>
                   <pic:cNvPr id="42" name="Picture 42"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3081884" cy="639159"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00113528">
+    <w:r w:rsidR="00057141">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="42F07F98">
+      <w:pict w14:anchorId="2294917D">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject1" o:spid="_x0000_s1026" type="#_x0000_t136" alt="" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:532.95pt;height:177.65pt;rotation:315;z-index:-251658240;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" wrapcoords="21296 4921 17620 5012 17589 5103 17559 6106 17194 5103 16678 4465 16496 4921 13944 5012 14308 6653 14308 10663 11696 4739 11270 4830 11179 4921 10268 11027 7777 5103 7655 5194 7412 5103 6865 4921 5134 5012 5073 5468 5468 6926 5468 10936 3675 6379 3007 4830 2825 5194 2612 5103 2065 4921 425 4921 394 5286 789 7291 759 15311 455 16678 364 16951 546 17498 546 17589 2794 17407 3281 16860 3675 16040 4010 14946 4556 16496 5437 18045 5650 17589 6258 17589 6622 17407 6622 17134 6258 15402 6258 13397 8263 17589 10359 17498 10663 17407 10663 16951 10298 15220 10481 13670 11453 16496 12243 18045 12486 17589 13488 17407 13579 17043 13579 16769 14339 18045 14582 17589 15554 17589 15584 17225 15098 15220 15098 13124 15311 11665 15493 12121 16435 13397 16617 13215 16648 11574 18440 16860 19048 18318 19382 17589 20324 17407 20324 17134 19868 15037 19898 6744 21083 8384 21356 8384 21387 8293 21417 5286 21296 4921" fillcolor="silver" stroked="f">
           <v:textpath style="font-family:&quot;Cambria&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0290C4CF" w14:textId="77777777" w:rsidR="00B97835" w:rsidRDefault="00113528">
+  <w:p w14:paraId="0290C4CF" w14:textId="77777777" w:rsidR="00B97835" w:rsidRDefault="00057141">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="06C70E7F">
+      <w:pict w14:anchorId="25508657">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject3" o:spid="_x0000_s1025" type="#_x0000_t136" alt="" style="position:absolute;margin-left:0;margin-top:0;width:532.95pt;height:177.65pt;rotation:315;z-index:-251656192;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" wrapcoords="21296 4921 17620 5012 17589 5103 17559 6106 17194 5103 16678 4465 16496 4921 13944 5012 14308 6653 14308 10663 11696 4739 11270 4830 11179 4921 10268 11027 7777 5103 7655 5194 7412 5103 6865 4921 5134 5012 5073 5468 5468 6926 5468 10936 3675 6379 3007 4830 2825 5194 2612 5103 2065 4921 425 4921 394 5286 789 7291 759 15311 455 16678 364 16951 546 17498 546 17589 2794 17407 3281 16860 3675 16040 4010 14946 4556 16496 5437 18045 5650 17589 6258 17589 6622 17407 6622 17134 6258 15402 6258 13397 8263 17589 10359 17498 10663 17407 10663 16951 10298 15220 10481 13670 11453 16496 12243 18045 12486 17589 13488 17407 13579 17043 13579 16769 14339 18045 14582 17589 15554 17589 15584 17225 15098 15220 15098 13124 15311 11665 15493 12121 16435 13397 16617 13215 16648 11574 18440 16860 19048 18318 19382 17589 20324 17407 20324 17134 19868 15037 19898 6744 21083 8384 21356 8384 21387 8293 21417 5286 21296 4921" fillcolor="silver" stroked="f">
@@ -14300,51 +14292,51 @@
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="68" w16cid:durableId="30301377">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="69" w16cid:durableId="1747796604">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="70" w16cid:durableId="537007972">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="71" w16cid:durableId="1653097152">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="72" w16cid:durableId="1016541104">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="73" w16cid:durableId="1795559504">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="173"/>
+  <w:zoom w:percent="204"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -14359,50 +14351,51 @@
     <w:rsid w:val="00005F66"/>
     <w:rsid w:val="0000621F"/>
     <w:rsid w:val="00015086"/>
     <w:rsid w:val="000152BB"/>
     <w:rsid w:val="00020509"/>
     <w:rsid w:val="000224DD"/>
     <w:rsid w:val="00023FE5"/>
     <w:rsid w:val="00025513"/>
     <w:rsid w:val="000278D6"/>
     <w:rsid w:val="00027B64"/>
     <w:rsid w:val="00027E9F"/>
     <w:rsid w:val="000306CA"/>
     <w:rsid w:val="0003329F"/>
     <w:rsid w:val="000334AA"/>
     <w:rsid w:val="00033A4E"/>
     <w:rsid w:val="000342AE"/>
     <w:rsid w:val="000365D9"/>
     <w:rsid w:val="00040C6E"/>
     <w:rsid w:val="000416B8"/>
     <w:rsid w:val="00045D62"/>
     <w:rsid w:val="000464FC"/>
     <w:rsid w:val="0004734D"/>
     <w:rsid w:val="00054946"/>
     <w:rsid w:val="00055681"/>
     <w:rsid w:val="0005601E"/>
+    <w:rsid w:val="00057141"/>
     <w:rsid w:val="00062F6C"/>
     <w:rsid w:val="000649E3"/>
     <w:rsid w:val="000650BB"/>
     <w:rsid w:val="000670AD"/>
     <w:rsid w:val="00070D28"/>
     <w:rsid w:val="00071045"/>
     <w:rsid w:val="00071585"/>
     <w:rsid w:val="0007543F"/>
     <w:rsid w:val="000754D0"/>
     <w:rsid w:val="000756DA"/>
     <w:rsid w:val="0007596F"/>
     <w:rsid w:val="000763E5"/>
     <w:rsid w:val="00080B95"/>
     <w:rsid w:val="00084F28"/>
     <w:rsid w:val="00085BBD"/>
     <w:rsid w:val="00090969"/>
     <w:rsid w:val="00090EC5"/>
     <w:rsid w:val="00090ED4"/>
     <w:rsid w:val="00092F7F"/>
     <w:rsid w:val="00097FBC"/>
     <w:rsid w:val="000A0874"/>
     <w:rsid w:val="000A1187"/>
     <w:rsid w:val="000A2084"/>
     <w:rsid w:val="000A2DC5"/>
     <w:rsid w:val="000A5CCE"/>
@@ -15622,50 +15615,51 @@
     <w:rsid w:val="00C52559"/>
     <w:rsid w:val="00C525F2"/>
     <w:rsid w:val="00C52FB8"/>
     <w:rsid w:val="00C53BAB"/>
     <w:rsid w:val="00C53E32"/>
     <w:rsid w:val="00C55402"/>
     <w:rsid w:val="00C55ED5"/>
     <w:rsid w:val="00C5635D"/>
     <w:rsid w:val="00C572A0"/>
     <w:rsid w:val="00C57CA8"/>
     <w:rsid w:val="00C60DC8"/>
     <w:rsid w:val="00C61F48"/>
     <w:rsid w:val="00C620BF"/>
     <w:rsid w:val="00C6338D"/>
     <w:rsid w:val="00C63793"/>
     <w:rsid w:val="00C656D4"/>
     <w:rsid w:val="00C659F0"/>
     <w:rsid w:val="00C702FE"/>
     <w:rsid w:val="00C72208"/>
     <w:rsid w:val="00C731F8"/>
     <w:rsid w:val="00C73D05"/>
     <w:rsid w:val="00C74245"/>
     <w:rsid w:val="00C74B49"/>
     <w:rsid w:val="00C75F6F"/>
     <w:rsid w:val="00C774FD"/>
+    <w:rsid w:val="00C77FE9"/>
     <w:rsid w:val="00C80D25"/>
     <w:rsid w:val="00C81A33"/>
     <w:rsid w:val="00C81E3A"/>
     <w:rsid w:val="00C843A4"/>
     <w:rsid w:val="00C84FB9"/>
     <w:rsid w:val="00C863A0"/>
     <w:rsid w:val="00C87ABB"/>
     <w:rsid w:val="00C905E9"/>
     <w:rsid w:val="00C91FBE"/>
     <w:rsid w:val="00C933BD"/>
     <w:rsid w:val="00C93DA3"/>
     <w:rsid w:val="00C94817"/>
     <w:rsid w:val="00C94A80"/>
     <w:rsid w:val="00C953CB"/>
     <w:rsid w:val="00C96EC0"/>
     <w:rsid w:val="00CA06F6"/>
     <w:rsid w:val="00CA1D01"/>
     <w:rsid w:val="00CA2EC5"/>
     <w:rsid w:val="00CA3539"/>
     <w:rsid w:val="00CA535D"/>
     <w:rsid w:val="00CA796A"/>
     <w:rsid w:val="00CB0044"/>
     <w:rsid w:val="00CB230D"/>
     <w:rsid w:val="00CB36C0"/>
     <w:rsid w:val="00CB57CB"/>
@@ -15763,50 +15757,51 @@
     <w:rsid w:val="00DC18DF"/>
     <w:rsid w:val="00DC274F"/>
     <w:rsid w:val="00DC3239"/>
     <w:rsid w:val="00DC3C9A"/>
     <w:rsid w:val="00DC4E95"/>
     <w:rsid w:val="00DC5662"/>
     <w:rsid w:val="00DC765E"/>
     <w:rsid w:val="00DD09D0"/>
     <w:rsid w:val="00DD2C84"/>
     <w:rsid w:val="00DD2F36"/>
     <w:rsid w:val="00DD5DCA"/>
     <w:rsid w:val="00DD5E9A"/>
     <w:rsid w:val="00DD691E"/>
     <w:rsid w:val="00DD7749"/>
     <w:rsid w:val="00DE1D54"/>
     <w:rsid w:val="00DE2367"/>
     <w:rsid w:val="00DE3897"/>
     <w:rsid w:val="00DE3CE1"/>
     <w:rsid w:val="00DE6142"/>
     <w:rsid w:val="00DE69EC"/>
     <w:rsid w:val="00DE69FD"/>
     <w:rsid w:val="00DF2463"/>
     <w:rsid w:val="00DF250C"/>
     <w:rsid w:val="00DF2F69"/>
     <w:rsid w:val="00DF4B0C"/>
+    <w:rsid w:val="00DF6505"/>
     <w:rsid w:val="00E007D4"/>
     <w:rsid w:val="00E017D1"/>
     <w:rsid w:val="00E02FB4"/>
     <w:rsid w:val="00E031B4"/>
     <w:rsid w:val="00E03AC0"/>
     <w:rsid w:val="00E042DF"/>
     <w:rsid w:val="00E051A8"/>
     <w:rsid w:val="00E05DA3"/>
     <w:rsid w:val="00E05EF8"/>
     <w:rsid w:val="00E105DF"/>
     <w:rsid w:val="00E133BC"/>
     <w:rsid w:val="00E160AD"/>
     <w:rsid w:val="00E16EE4"/>
     <w:rsid w:val="00E17033"/>
     <w:rsid w:val="00E2190C"/>
     <w:rsid w:val="00E2241E"/>
     <w:rsid w:val="00E23A56"/>
     <w:rsid w:val="00E24467"/>
     <w:rsid w:val="00E25E9A"/>
     <w:rsid w:val="00E26E3B"/>
     <w:rsid w:val="00E27AA3"/>
     <w:rsid w:val="00E27E4A"/>
     <w:rsid w:val="00E30BFB"/>
     <w:rsid w:val="00E31E8A"/>
     <w:rsid w:val="00E3250E"/>
@@ -17385,79 +17380,79 @@
         </w:behaviors>
         <w:guid w:val="{919EBA74-52A3-1E46-8E0A-1BA2DFF5C0A4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="000F7652" w:rsidRDefault="00C72C0D" w:rsidP="00FA65D5">
           <w:pPr>
             <w:pStyle w:val="B582CFBF8AFB38419664E51A576FD648"/>
           </w:pPr>
           <w:r>
             <w:t>[Type text]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="00000500000000020000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:panose1 w:val="020B0600040502020204"/>
@@ -17556,97 +17551,99 @@
     <w:rsid w:val="00250052"/>
     <w:rsid w:val="00254B1B"/>
     <w:rsid w:val="0028702E"/>
     <w:rsid w:val="00290E76"/>
     <w:rsid w:val="00331510"/>
     <w:rsid w:val="00351BD7"/>
     <w:rsid w:val="00360601"/>
     <w:rsid w:val="003A0FB5"/>
     <w:rsid w:val="003E6337"/>
     <w:rsid w:val="0040256E"/>
     <w:rsid w:val="00402E16"/>
     <w:rsid w:val="004135DA"/>
     <w:rsid w:val="004273E7"/>
     <w:rsid w:val="00431333"/>
     <w:rsid w:val="004319FA"/>
     <w:rsid w:val="00434170"/>
     <w:rsid w:val="00473A47"/>
     <w:rsid w:val="00481EEC"/>
     <w:rsid w:val="00487151"/>
     <w:rsid w:val="004B1821"/>
     <w:rsid w:val="004D07D2"/>
     <w:rsid w:val="004D64CB"/>
     <w:rsid w:val="004E0019"/>
     <w:rsid w:val="004F662B"/>
     <w:rsid w:val="005013C5"/>
+    <w:rsid w:val="005541C1"/>
     <w:rsid w:val="00560D41"/>
     <w:rsid w:val="005820F8"/>
     <w:rsid w:val="005A4AFC"/>
     <w:rsid w:val="005B0B3D"/>
     <w:rsid w:val="005B4766"/>
     <w:rsid w:val="00610A9E"/>
     <w:rsid w:val="00625A3D"/>
     <w:rsid w:val="006D2571"/>
     <w:rsid w:val="006E1F01"/>
     <w:rsid w:val="006E5694"/>
     <w:rsid w:val="00712B43"/>
     <w:rsid w:val="00733942"/>
     <w:rsid w:val="007571B1"/>
     <w:rsid w:val="00764ACE"/>
     <w:rsid w:val="00770938"/>
     <w:rsid w:val="00787A6D"/>
     <w:rsid w:val="007B0D63"/>
     <w:rsid w:val="007C1BA9"/>
     <w:rsid w:val="007E3E01"/>
     <w:rsid w:val="00847C9D"/>
     <w:rsid w:val="00851CBB"/>
     <w:rsid w:val="00852016"/>
     <w:rsid w:val="008C6155"/>
     <w:rsid w:val="008F06F4"/>
     <w:rsid w:val="008F4983"/>
     <w:rsid w:val="009070D2"/>
     <w:rsid w:val="00914D4C"/>
     <w:rsid w:val="0094416C"/>
     <w:rsid w:val="00953D8D"/>
     <w:rsid w:val="00960784"/>
     <w:rsid w:val="009948F5"/>
     <w:rsid w:val="00997CCF"/>
     <w:rsid w:val="009F6B27"/>
     <w:rsid w:val="00A13408"/>
     <w:rsid w:val="00A226AC"/>
     <w:rsid w:val="00A2376D"/>
     <w:rsid w:val="00A57776"/>
     <w:rsid w:val="00A80757"/>
     <w:rsid w:val="00AB31B6"/>
     <w:rsid w:val="00AD4491"/>
     <w:rsid w:val="00B14B79"/>
     <w:rsid w:val="00B40DE1"/>
     <w:rsid w:val="00B755E8"/>
     <w:rsid w:val="00B76745"/>
     <w:rsid w:val="00B76CF2"/>
     <w:rsid w:val="00C34BF7"/>
     <w:rsid w:val="00C72C0D"/>
+    <w:rsid w:val="00C77FE9"/>
     <w:rsid w:val="00CA1C46"/>
     <w:rsid w:val="00CF5A68"/>
     <w:rsid w:val="00D14B3E"/>
     <w:rsid w:val="00D53F5F"/>
     <w:rsid w:val="00D72E8E"/>
     <w:rsid w:val="00D85C26"/>
     <w:rsid w:val="00DF4FBB"/>
     <w:rsid w:val="00E130F0"/>
     <w:rsid w:val="00E16C64"/>
     <w:rsid w:val="00E21564"/>
     <w:rsid w:val="00E35C20"/>
     <w:rsid w:val="00E45703"/>
     <w:rsid w:val="00E90A13"/>
     <w:rsid w:val="00EA1BF2"/>
     <w:rsid w:val="00EA4D95"/>
     <w:rsid w:val="00EC2A8C"/>
     <w:rsid w:val="00ED28BD"/>
     <w:rsid w:val="00ED2B07"/>
     <w:rsid w:val="00EE6136"/>
     <w:rsid w:val="00EE7BA6"/>
     <w:rsid w:val="00EF46FD"/>
     <w:rsid w:val="00F02479"/>
     <w:rsid w:val="00F0419C"/>
     <w:rsid w:val="00F201CD"/>
     <w:rsid w:val="00F7540F"/>
@@ -18449,75 +18446,75 @@
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49F851DD-FF4E-2F4F-A287-F855FA517FEB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1811</Words>
-  <Characters>10323</Characters>
+  <Words>1810</Words>
+  <Characters>10318</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
+  <Lines>85</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Georgia Trauma Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12110</CharactersWithSpaces>
+  <CharactersWithSpaces>12104</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lisa McDowd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="grammarly_documentContext">
     <vt:lpwstr>{"goals":[],"domain":"general","emotions":[],"dialect":"american"}</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="grammarly_documentId">
     <vt:lpwstr>documentId_4071</vt:lpwstr>
   </property>