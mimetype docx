--- v0 (2025-11-17)
+++ v1 (2026-03-11)
@@ -159,141 +159,134 @@
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="47FD8461" w14:textId="4D028D68" w:rsidR="00CB3135" w:rsidRPr="00BB5516" w:rsidRDefault="009B3C83">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5516">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Georgia Committee for Trauma Excellence (GCTE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FD8463" w14:textId="63EDA2E0" w:rsidR="00CB3135" w:rsidRPr="00BB5516" w:rsidRDefault="002E705E">
+    <w:p w14:paraId="47FD8463" w14:textId="5B93F420" w:rsidR="00CB3135" w:rsidRPr="00BB5516" w:rsidRDefault="00E50C88">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>August 21</w:t>
-[...6 lines deleted...]
-        <w:t>, 2025</w:t>
+        <w:t>October 30, 3035</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FD8464" w14:textId="5473E9AD" w:rsidR="00CB3135" w:rsidRPr="00BB5516" w:rsidRDefault="00D90D12">
+    <w:p w14:paraId="47FD8464" w14:textId="287575A8" w:rsidR="00CB3135" w:rsidRPr="00BB5516" w:rsidRDefault="00E50C88">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="0054464C" w:rsidRPr="00BB5516">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00334957">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">00 </w:t>
       </w:r>
       <w:r w:rsidR="0054464C" w:rsidRPr="00BB5516">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">PM – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0054464C" w:rsidRPr="00BB5516">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00334957">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">00 </w:t>
       </w:r>
       <w:r w:rsidR="0054464C" w:rsidRPr="00BB5516">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>PM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628B942D" w14:textId="3D96F6D6" w:rsidR="00ED507E" w:rsidRPr="00BB5516" w:rsidRDefault="00C70D8E">
+    <w:p w14:paraId="628B942D" w14:textId="4B13DA45" w:rsidR="00ED507E" w:rsidRPr="00BB5516" w:rsidRDefault="00C70D8E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>Meeting Recording and Attachments Link</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="47FD8465" w14:textId="12ED95C0" w:rsidR="00CB3135" w:rsidRPr="00BB5516" w:rsidRDefault="00334957">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -570,65 +563,65 @@
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Kelli Vaughn</w:t>
             </w:r>
             <w:r w:rsidR="00782795">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="001F456A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Registry</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="595E3CD1" w14:textId="52F53387" w:rsidR="00DA2799" w:rsidRPr="00DA2799" w:rsidRDefault="00DA2799" w:rsidP="002E705E">
+          <w:p w14:paraId="595E3CD1" w14:textId="0E2E89D8" w:rsidR="00DA2799" w:rsidRPr="00DA2799" w:rsidRDefault="00DA2799" w:rsidP="002E705E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="967"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kristal Smith/Justin Keeton, </w:t>
+              <w:t xml:space="preserve">Kristal Smith, </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA2799">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Injury Prevention</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8024" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="215135B9" w14:textId="3630AAB6" w:rsidR="00AE28E3" w:rsidRPr="00BB5516" w:rsidRDefault="0072220F" w:rsidP="00BB5516">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -867,85 +860,7098 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="5E5E5E"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="5E5E5E"/>
               </w:rPr>
               <w:t>ORGANIZATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783113" w:rsidRPr="00BB5516" w14:paraId="1EFF4145" w14:textId="77777777" w:rsidTr="00BB5516">
         <w:trPr>
           <w:trHeight w:val="367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2420" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="15A32D18" w14:textId="700C86B2" w:rsidR="00783113" w:rsidRPr="00BB5516" w:rsidRDefault="00783113" w:rsidP="00615DF6">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4EE96579" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Cindy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AE6C359" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Nicole</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31E118DB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Katie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23835636" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Melissa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="008F287E" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dawn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F111935" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Anna Claire</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E00B8E9" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Josephine</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CC27988" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Maria Francis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BBD1F0C" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Patricia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="515D003D" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Brenna</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77DF038A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Kimberly</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4197CE1A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Kristal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77CA96C8" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Kristen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3207609B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Echo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6011EE27" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Alicia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AEA31D3" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Susanne</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75863574" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Karen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38BDA01F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ashley</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DB49E33" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Laura</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7525FBAB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Francesca</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D34B399" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Brooke J.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79DAE4BF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Gail</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D86705E" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Lynn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09919F18" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Danlin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32910023" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dipti</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FBEFCD4" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Marie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CF6411B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stacee</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E2C9ED1" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jessica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40D5BB5A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Miranda</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6281363F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Michael</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="120B04D4" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Lawrence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BC4E8BF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Katheryn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C21B5E9" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Samantha</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="144C9346" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Andrea</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58BA9FEC" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Teri</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A96031E" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jennifer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38025C55" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Rebecca</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D9CF8D4" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Sharona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A02AF97" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Krystal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7416EDC6" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Courtney</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EACAE6E" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Erin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31AC8236" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Leigh</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="420C19B3" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Angela</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6542B7D3" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stacey</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B9304A6" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Maria</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62263CD4" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Roger</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FF879C3" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Alan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A642B7F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ashley</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FE57223" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ashley</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0058A21A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Barbara</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="634F7CCF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Alana</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B740855" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Pamela</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D70AC20" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Pamela</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56881C38" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stephanie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EAF6CF5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Elizabeth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AF3B9F5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Amy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2331ECBC" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Carey</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D539E2B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Steve</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BE7C877" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Kim</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="260245D7" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Lauren</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="403DFCF5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ashley</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="251E1128" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tommy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D84F052" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Robert</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40042386" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jessica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79D3AC2F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mary Beth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4881857A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Kelli</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BEA83A5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tammie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EC9211D" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>James</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65083D02" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Whitney</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08197003" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Caitlyn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52EAE759" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Christie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18BA2D62" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Janice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="396BB93B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Shawna</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74ADE1D9" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Blanca</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DBE44BB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Carol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="175FA05D" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Linda</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A97CEE0" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jessica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CE83EF7" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mike</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34C47088" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Walter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F1DF356" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Laura</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B0D1397" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stephanie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FB570AD" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tracy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EB0A18C" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Colleen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="793245B5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Nadirah</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18A92665" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dana</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C32AB10" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Sarah</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ED94B65" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Kim</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="612E3F93" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Rayma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4649DB18" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Justin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A6708C1" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Joy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DC79034" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Eva</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BF40EA7" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ana</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CE30EF0" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Nicole</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DC0C0CF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Heather</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B1CB2B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stephanie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DCC2822" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Shannon</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C2C6F54" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Brett</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FB7AE3A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jonathan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04A3B034" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Karen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16AB7929" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jerry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B53CB32" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Susan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68A72AEF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Kaleigh</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7026F0A2" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Amy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20EA6094" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Karneshiha</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A87CCA1" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Marilyn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26C2258A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0126EBF0" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tamara</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D3610A2" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Shalonda</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E28E468" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Natasha</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71CF28A5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Marylynn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33572AFE" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Justin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32191F3A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mark</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08CFBC74" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Kimberly</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="247D7374" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Lisa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC2DD4A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Terri</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DB049E7" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Sarah</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F102404" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Emily</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5942AC75" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Janann</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DDED9D8" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tetra</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19582F67" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Cynthia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="671F46AD" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Shelby</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35E746E5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Cristina</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04979630" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Lori</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46695E7E" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Kionna</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="535AE44F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tayler</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60F5910D" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Adalynn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47CA7E35" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Erica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E5892F7" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mary Alice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="670AF428" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dana</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A4587FC" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Megan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="487EA623" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stephanie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DB87384" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Danielle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="683470E2" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grace</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EDB7773" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Julie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04825F75" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jamie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1894B577" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Anthony</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C026548" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Kelsie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22F446D6" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Karen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="104E44C1" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Raqeal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A2FE641" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Michelle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AA14B25" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ashley</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38CC83EA" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Adrian</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18ED67B3" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Patricia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B000A3" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Shae</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0915596A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dawn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1313F613" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Kyndra</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD40413" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Rhonda</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03AD508E" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jason</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AF8109C" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Andrea</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09A1ECEB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Kerry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="240AA859" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Michelle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47E921EB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Heather</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C70811" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Vaughn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F8D49E5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Cameron</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A58A83C" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Rachel</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A32D18" w14:textId="363B0207" w:rsidR="00783113" w:rsidRPr="00BB5516" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Melissa</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="30059CE1" w14:textId="0D26A3B7" w:rsidR="00783113" w:rsidRPr="00BB5516" w:rsidRDefault="00783113" w:rsidP="00615DF6">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="51687BDB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Hoggard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30645FA5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Sundholm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15B603AD" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Hasty</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02B7C94F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Parris</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FB29DC9" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Truett</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625C09CD" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Cesario</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FF0EFE2" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Fabico-Dulin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="592FBF50" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Johnson</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17CB56FA" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Judd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED47269" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>McClure</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67360BD2" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Najera</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F7063DD" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Smith</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35B3D054" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Phillips</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E4C0573" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Standley</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5579EBEF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Cochran</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="415D23E3" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Edwards</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D36A32B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Hill</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="241E6B16" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Bullington</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DFEE2E4" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Lunsford</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76530BA2" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Minehart</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AF238A4" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Marsh</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6973CFE8" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Thornton</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AFBD984" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grant</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AD45573" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Luo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EDEF4F8" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Patel</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A689FEA" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Probst</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ACBBB55" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Smith</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74DE9839" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Astrella</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A82B5B9" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Baras</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23824D28" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Bentley</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58D6ADEE" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Blair</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EDB585B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Brown</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD96D2D" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Buchanan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="533E5A8C" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Costanzo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A2488CD" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Craig</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06A0CF15" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Freeman</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62350B5B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Gaskins</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28017AC7" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Griffin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BCFDA2A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Harper</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FF16E19" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Lowry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C19A40C" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Moorcones</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EB760EF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Pack</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0EA556" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Sanabria</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E9BF77" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Shipley</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A630F4B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Silva</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454EB2FF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Smith</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7735B920" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>So</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="630BEE51" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Steele</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BC296A1" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Steele</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53198C55" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Thomas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16297DA9" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Valadez</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50C67BA2" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Van Ness</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6981DB61" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Vanderberg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35C9F6CC" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Verna</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="200DD2CB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Williams-Woods</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D5C71B0" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jeune</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E8252C3" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Lamphier</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18ADFD47" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Elmgren</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65DA38C6" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Brown</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FC0F5AB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Zavala</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="289D96FC" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Woodard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40B610BF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Langenfeld</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23AD4901" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Horton</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D66821" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Davis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41659FBE" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Goodwin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72AE091F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Vaughn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19A0E6F2" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Russell</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CC88EFB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Burnsed</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45220E72" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Williamson</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46910E65" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Walsh</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45E21082" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mathis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA02093" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Labbe</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="760E569B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Baggett</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F1D62C9" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Blanca</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="456370D7" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Gerrin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12ECCE50" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Greene</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21B37D40" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mantooth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DD8BDD6" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Strobel</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EF7C6C8" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wiley</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0291D33B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Wolf</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F61398E" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Franceschi</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FE9BC21" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Harris</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04E309AB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Horne</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14F6AA22" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Burgess</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55E998FE" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Davis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D9F1C6A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Holcombe</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C120E09" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Smith</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BB14F1A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stephens</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C347E80" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24E5B71D" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Eleby</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BAE995F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Carignan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="143E9014" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Delgado</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F2A1C71" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Hester</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D91F856" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Morgan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73F0DA8C" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stribling</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79FD2EDB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Thomas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00FB8D76" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Buehner</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D6E8BC2" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Horsager</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24F46B8B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Barrett</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FCE7F2C" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>McMillan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FF1A65B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Smith</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3487D610" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stallard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A2BF7F5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stephens</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63D44B2B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Curry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6254904E" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dunlap</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6130D873" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jameson</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29ECA4FF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Patterson</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76828FB8" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wright</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09D071D2" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Davis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CAB2F07" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Sullivan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E37D9AF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Keeton</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FA70CFA" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Benak</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76A9BD24" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Reusmann</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68CA04B0" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Thomas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2922C275" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="358AD946" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Pedraza</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ABE12F2" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Brown</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58E99073" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dunnavant</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13577102" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jenkins</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C971C6A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Hanks</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C29DB4F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Lemon</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CCF4682" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Soto-Olvera</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56D0B6C7" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Adams</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2000CA0F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Harvey</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59546C27" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jaques</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16C5F1AE" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Rath</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D56E10" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Walsh</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10EC2B17" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Aubrey</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F3DCB93" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Bouse</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B7A56A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dawson</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70519345" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Greenstein</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="048BAE03" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Johnson</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D9F6AF3" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mills</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67D6DF84" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mosher</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3949B2E1" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Van Ness</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B60391A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Vizzinia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="157B92B5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wanty</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40B7F1AF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Johnson</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BBFAECC" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Beard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E9D2D42" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Castel</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EDE1458" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Faircloth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38BF45DE" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ruiz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE81D95" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Smith</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FC39EFF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Taylor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EB74326" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Faircloth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3797F095" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Holm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AF54D8F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jones</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FAD4117" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Lanyon</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04A6D68B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>McCarson</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F81350B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Carter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ADC905B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jordan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A9AD717" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Loftus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="113A53B7" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tejedor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05AA5C77" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grimes-Ayres</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73A9F18E" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Hand</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30059CE1" w14:textId="59A4DADB" w:rsidR="00783113" w:rsidRPr="00BB5516" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Hungerford</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9640" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="62602F30" w14:textId="2FA3A26A" w:rsidR="00783113" w:rsidRPr="00BB5516" w:rsidRDefault="00783113" w:rsidP="00615DF6">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="23E87EB9" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>AdventHealth Redmond</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29523F33" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>AdventHealth Redmond</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="534F3FA6" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Atrium Health Floyd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22499F05" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Atrium Health Floyd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D6642E0" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Atrium Health Floyd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57209731" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Atrium Health Navicent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18550A8B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Atrium Health Navicent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118244E0" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Atrium Health Navicent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D98F8B3" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Atrium Health Navicent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0089D521" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Atrium Health Navicent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42C20E42" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Atrium Health Navicent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29A9C775" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Atrium Health Navicent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71558B66" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Atrium Health Polk Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79D1B539" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Children's Healthcare of Atlanta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D223E92" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Children’s Healthcare of Atlanta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25C7526A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Children’s Healthcare of Atlanta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AB16B38" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Children’s Healthcare of Atlanta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="336B44D2" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Crisp Regional Hospital</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="353C0155" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Doctors Hospital</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A0BF9F0" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Effingham Hospital</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="188040C9" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Emanuel Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B421545" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Emanuel Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0136BF07" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Fairview Park Hospital</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C4B238B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>GA DPH OEMST</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="599F6795" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>GA DPH OEMST</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5355AD89" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>GA DPH OEMST</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18EF403B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>GA DPH OEMST</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D7FDAA5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF3C329" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E92BFDB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED704BB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49DD6169" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CEECD24" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0040A94F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BABFD43" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="201FCAB6" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EB06209" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FADDCC5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BFB41D0" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5118B702" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C319787" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558EDAAD" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6468075F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05EFB044" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5749D1A1" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45FBFEC8" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F6A0AB5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5229A99B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="235C6FDC" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C3C0884" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="161F6F45" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EFC7033" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45692EF7" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F3B9CC8" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CFAA9CD" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17511523" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CA49644" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady Hospital Burn Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71256B2B" w14:textId="0AB148B0" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Grady/RTAC 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="438D40DD" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Hamilton Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CFE3C06" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Hamilton Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60516E92" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>HCA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F0BC051" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>HCA Memorial Savannah</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70DD9EC4" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>HCA/Parallon</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0120C004" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>John D. Archbold Memorial Hospital</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="607301D6" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>John D. Archbold Memorial Hospital</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="371A6B46" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>John D. Archbold Memorial Hospital</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B923D64" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Liberty Regional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0449DA75" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Memorial Health University Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="204E65AA" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Memorial Health University Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A9EF635" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Memorial Satilla Health</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F584C16" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Morgan Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="396BB325" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northeast Georgia Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73C47365" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northeast Georgia Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="528BEB8B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northeast Georgia Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CD80517" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northeast Georgia Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66483C23" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northeast Georgia Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C38036C" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northeast Georgia Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BE837FB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northeast Georgia Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B84178" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northeast Georgia Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45B475A8" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Northeast Georgia Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37127870" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northside Gwinnett Hospital</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AA32253" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northside Gwinnett Hospital</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F68A87D" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northside Gwinnett Hospital</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D149130" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northside Hospital Gwinnett</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0912A6BF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northside Hospital Gwinnett</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B93ABBB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northside Hospital Gwinnett</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B2FDD34" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northside Hospital Gwinnett</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5645FD8A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Northside Hospital Gwinnett</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="561C7551" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>HCA/Parallon</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CCD8AA1" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PI RN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="144C130A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Athens Hospital</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45832439" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Athens regional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53118462" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Athens Regional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62109019" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Athens Regional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3074E986" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Athens Regional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="102F7660" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Athens Regional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07DCF94D" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Augusta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4354A9D5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Augusta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22042653" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Cartersville</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="143EFEBE" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Cartersville</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FBF8887" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Cartersville</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01E58427" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Cartersville</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D0B8F3A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Cartersville</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F8293B8" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Columbus Regional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F69B6AF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Columbus Regional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4592444C" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Columbus Regional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1752E0AB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Columbus Regional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6181B76B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Columbus Regional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48665FA8" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Healthcare</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A709D6E" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Henry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D543FED" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Henry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5425656D" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Henry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39B0EA07" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Piedmont Walton</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="530EE9CE" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Piedmont Walton</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E2C66D0" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PPPMH</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="087137BF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Safe Kids Northeast Georgia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A74495D" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>SGMC Health</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A2F70B7" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>SGMC Health</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6904071A" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Washington County Regional Medical</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A915C7E" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Cobb</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="159624C5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Cobb</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C0D489F" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Cobb</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64A7D84C" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Cobb</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1621C1F7" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Cobb</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="281AD8DB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Cobb</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28FDFEE9" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Douglas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3328F0B6" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Douglas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44A73535" w14:textId="63556E1F" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Kennestone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DB109D8" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Kennestone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BD38A45" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Kennestone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D6C5B00" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Kennestone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30EBD210" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Kennestone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61E67917" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Kennestone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C059EB" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Kennestone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B468229" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Kennestone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AFC270D" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Kennestone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4672F47D" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Kennestone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="431A4649" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Kennestone</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6207476B" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar MCG</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1008DD22" w14:textId="25D928BA" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar MCG</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F182E27" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar MCG</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DAF6EFA" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar MCG</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E413A5E" w14:textId="60526062" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar MCG</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57692846" w14:textId="1E1B6D8B" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar MCG</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783AF6A5" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar MCG/Childrens Hospital of Georgia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09150364" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Wellstar MCG/Childrens Hospital of Georgia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="062FD917" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar North Fulton</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74A7FEF3" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar North Fulton</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BECA7EF" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Paulding</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70F37F2C" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Paulding</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4862A4DC" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Paulding</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B5B58BA" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Spalding</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A679204" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar Spalding</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02597102" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar West Georgia Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C510D21" w14:textId="77777777" w:rsidR="00D03DC8" w:rsidRPr="00D03DC8" w:rsidRDefault="00D03DC8" w:rsidP="00D03DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Wellstar West Georgia Medical Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62602F30" w14:textId="12A7CC67" w:rsidR="00783113" w:rsidRPr="00BB5516" w:rsidRDefault="00D03DC8" w:rsidP="00E50C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03DC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Winn Army Community Hospital</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="462AB6BB" w14:textId="77777777" w:rsidR="00BE2621" w:rsidRDefault="00BE2621" w:rsidP="007F15FF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42E4B7C8" w14:textId="41A08568" w:rsidR="00921844" w:rsidRPr="00BB5516" w:rsidRDefault="0016753C" w:rsidP="007F15FF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5516">
         <w:rPr>
@@ -1269,51 +8275,50 @@
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6766791B" w14:textId="444DF3CE" w:rsidR="00EA57D2" w:rsidRPr="00BB5516" w:rsidRDefault="00EA57D2" w:rsidP="00EA57D2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="774"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>MOTION GCTE 202</w:t>
             </w:r>
             <w:r w:rsidR="00334957">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="007A029A" w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00DA2799">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
@@ -1638,96 +8643,96 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D5BCF" w:rsidRPr="00BB5516" w14:paraId="0DED637F" w14:textId="77777777" w:rsidTr="001D5BCF">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C7C5574" w14:textId="77777777" w:rsidR="001D5BCF" w:rsidRPr="00BB5516" w:rsidRDefault="001D5BCF" w:rsidP="00C72CEB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Georgia Trauma Commission (GTC) Update</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48D59A22" w14:textId="3AE837A8" w:rsidR="00D83630" w:rsidRPr="00BE5776" w:rsidRDefault="00D83630" w:rsidP="00C72CEB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Commission updates included:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FCBA156" w14:textId="7DA25ED7" w:rsidR="006E3A51" w:rsidRDefault="00DA2799" w:rsidP="00897093">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">The FY2025 GTC Annual Report is now </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA2799">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">published </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA2799">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2250,50 +9255,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A436FC" w:rsidRPr="00BB5516" w14:paraId="1BDDCC16" w14:textId="77777777" w:rsidTr="001D5BCF">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40AFC70A" w14:textId="07131256" w:rsidR="00A436FC" w:rsidRPr="00BB5516" w:rsidRDefault="00A436FC" w:rsidP="00C72CEB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Georgia Quality Improvement Program Update</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6483BC47" w14:textId="77777777" w:rsidR="00A436FC" w:rsidRDefault="00A436FC" w:rsidP="000A5A17">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A436FC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gina Solomon provided the following updates:</w:t>
             </w:r>
@@ -2403,99 +9409,90 @@
               </w:rPr>
               <w:t xml:space="preserve">expected to go live mid-November 2025 after resolving </w:t>
             </w:r>
             <w:r w:rsidR="00CD617D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>previous</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5A17">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> technical issues.</w:t>
             </w:r>
             <w:r w:rsidR="008D0744">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> A </w:t>
+            </w:r>
+            <w:r w:rsidR="008D0744" w:rsidRPr="000A5A17">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>cheat sheet</w:t>
             </w:r>
             <w:r w:rsidR="008D0744">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">A </w:t>
+              <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="008D0744" w:rsidRPr="000A5A17">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>cheat sheet</w:t>
+              <w:t>guide</w:t>
             </w:r>
             <w:r w:rsidR="008D0744">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>/</w:t>
+              <w:t xml:space="preserve">, developed by </w:t>
             </w:r>
             <w:r w:rsidR="008D0744" w:rsidRPr="000A5A17">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>guide</w:t>
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>Sarah</w:t>
             </w:r>
             <w:r w:rsidR="008D0744">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Parker, </w:t>
             </w:r>
             <w:r w:rsidR="008D0744" w:rsidRPr="000A5A17">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>will accompany release; pediatric patient exclusion (age filter) feature to be added shortly after launch.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D175F7D" w14:textId="5E2D5590" w:rsidR="000A5A17" w:rsidRPr="00CD617D" w:rsidRDefault="000A5A17" w:rsidP="000A5A17">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
@@ -2668,50 +9665,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>invited to request visits.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64DB1ABA" w14:textId="2CE1379A" w:rsidR="000A5A17" w:rsidRPr="00B02697" w:rsidRDefault="000A5A17" w:rsidP="000A5A17">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5A17">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Virtual ArborMetrix Training: Dr. </w:t>
             </w:r>
             <w:r w:rsidR="00B02697">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ayoung-Chee is </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5A17">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>conducting virtual sessions with centers to enhance platform use</w:t>
             </w:r>
             <w:r w:rsidR="008D0744">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. P</w:t>
@@ -3186,51 +10184,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stop the Bleed applications; preparing for second coordinator meeting to establish subcommittees and executive board; developing UTV/ATV accident prevention training and ED pop-up skills lab informed by GQIP data.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53DF5F8D" w14:textId="5649C90D" w:rsidR="00B02697" w:rsidRPr="00B02697" w:rsidRDefault="00B02697" w:rsidP="00B02697">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="1147"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B02697">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Region 4: Coordinators Jay and Rachel completed Matter of Balance training;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> they are</w:t>
             </w:r>
             <w:r w:rsidRPr="00B02697">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> planning </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>for the “</w:t>
@@ -3646,179 +10643,155 @@
               </w:rPr>
               <w:t>centers and</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC3DCF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> knowing that that was the first download for the 2025 data, we anticipa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ted </w:t>
             </w:r>
             <w:r w:rsidRPr="001B3528">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>some error messages.</w:t>
+              <w:t xml:space="preserve">some error messages. </w:t>
+            </w:r>
+            <w:r w:rsidR="001B3528">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
             </w:r>
             <w:r w:rsidRPr="001B3528">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve">e have been working with </w:t>
+            </w:r>
+            <w:r w:rsidR="001B3528" w:rsidRPr="001B3528">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ImageTrend,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B3528">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001B3528">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>W</w:t>
+              <w:t>and an</w:t>
             </w:r>
             <w:r w:rsidRPr="001B3528">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">e have been working with </w:t>
+              <w:t xml:space="preserve"> update was installed Tuesday</w:t>
+            </w:r>
+            <w:r w:rsidR="001B3528">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to correct those errors.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B3528">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001B3528" w:rsidRPr="001B3528">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ImageTrend,</w:t>
+              <w:t>For</w:t>
             </w:r>
             <w:r w:rsidRPr="001B3528">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> your records in the central site to be updated, we will need a new download from you</w:t>
+            </w:r>
+            <w:r w:rsidR="001B3528" w:rsidRPr="001B3528">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="001B3528">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>and an</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>The n</w:t>
             </w:r>
             <w:r w:rsidR="001B3528" w:rsidRPr="001B3528">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>For</w:t>
-[...47 lines deleted...]
-              <w:t>The next download</w:t>
+              <w:t>ew download can wait until you're ready to send your December download, unless you already have your January through September records finished, you can go ahead and send those in. The next download</w:t>
             </w:r>
             <w:r w:rsidR="001B3528">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001B3528" w:rsidRPr="001B3528">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>is due December 3rd for the January through September records.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72FDAA45" w14:textId="109286DD" w:rsidR="003329D0" w:rsidRPr="003329D0" w:rsidRDefault="001B3528" w:rsidP="003329D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
@@ -3986,51 +10959,50 @@
             </w:pPr>
             <w:r w:rsidRPr="003329D0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Centers are asked to report any EMS or hospital name changes for year-end registry updates; revised lists will be shared on Basecamp and via email.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6400FF0E" w14:textId="783E7299" w:rsidR="001D5BCF" w:rsidRPr="003A102A" w:rsidRDefault="001D5BCF" w:rsidP="00C52710">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A102A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Stacee Smith provided the following updates:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="748C94AE" w14:textId="1898331B" w:rsidR="003329D0" w:rsidRPr="003329D0" w:rsidRDefault="003329D0" w:rsidP="003329D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Congratulations to</w:t>
             </w:r>
             <w:r w:rsidRPr="003329D0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4065,101 +11037,109 @@
               </w:rPr>
               <w:t>Thank</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> you to all</w:t>
             </w:r>
             <w:r w:rsidRPr="003329D0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> trauma centers for flexibility with the new OTCPE questions, particularly around the VTE measure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DC9C597" w14:textId="4E502099" w:rsidR="003329D0" w:rsidRPr="001B6524" w:rsidRDefault="003329D0" w:rsidP="001B6524">
+          <w:p w14:paraId="4DC9C597" w14:textId="4689EB94" w:rsidR="003329D0" w:rsidRPr="001B6524" w:rsidRDefault="003329D0" w:rsidP="001B6524">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003329D0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>GQIP and ArborMetrix will soon make relevant VTE data accessible, with rollout expected in November.</w:t>
             </w:r>
             <w:r w:rsidR="001B6524">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001B6524">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Once live, OTCPE questions will shift to focus on centers’ review and use of GQIP scorecards, likely as a yes/no confirmation of review and process improvement actions, without requiring scorecard uploads.</w:t>
+              <w:t>Once live, OTCPE questions will shift to focus on centers’ review and use of GQIP scorecards, likely as a yes/no confirmation of review and process improvement actions</w:t>
+            </w:r>
+            <w:r w:rsidR="00012241">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EFDE91B" w14:textId="6B0E0D4F" w:rsidR="003329D0" w:rsidRPr="001B6524" w:rsidRDefault="003329D0" w:rsidP="001B6524">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003329D0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Q2 OTCPE </w:t>
             </w:r>
             <w:r w:rsidR="001B6524">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">is </w:t>
             </w:r>
             <w:r w:rsidRPr="003329D0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>launching in January</w:t>
             </w:r>
             <w:r w:rsidR="001B6524">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidRPr="003329D0">
               <w:rPr>
@@ -4306,91 +11286,122 @@
             <w:r w:rsidR="00BB7FEF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>updates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> on behalf of Cheryle Ward</w:t>
             </w:r>
             <w:r w:rsidR="00B20D8B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="763F6F48" w14:textId="6FBB680E" w:rsidR="00BB7FEF" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
+          <w:p w14:paraId="763F6F48" w14:textId="5DB3678A" w:rsidR="00BB7FEF" w:rsidRPr="009E47AA" w:rsidRDefault="003D68C6" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E47AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">10 new Georgia Trauma Foundation grants are available, each $10,000, with details at georgiatraumafoundation.org; application deadline is November 30th. </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Ten</w:t>
+            </w:r>
+            <w:r w:rsidR="009E47AA" w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
+              <w:t xml:space="preserve"> new Georgia Trauma Foundation grants are available, each $10,000, with details at </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidR="00012241" w:rsidRPr="006253D3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>https://georgiatraumafoundation.org/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00012241">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="009E47AA" w:rsidRPr="009E47AA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> application deadline is November 30th. </w:t>
+            </w:r>
+            <w:r w:rsidR="009E47AA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E47AA">
+            <w:r w:rsidR="009E47AA" w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ll centers</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009E47AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> are encouraged</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E47AA">
+            <w:r w:rsidR="009E47AA" w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> to apply, noting prior grants have been highly beneficial.</w:t>
             </w:r>
             <w:r w:rsidR="00BB7FEF" w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D5BCF" w:rsidRPr="003E1B16" w14:paraId="3427668B" w14:textId="77777777" w:rsidTr="001D5BCF">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="324C718C" w14:textId="77777777" w:rsidR="001D5BCF" w:rsidRPr="003E1B16" w:rsidRDefault="001D5BCF" w:rsidP="00C72CEB">
@@ -4430,205 +11441,274 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Education: </w:t>
             </w:r>
             <w:r w:rsidR="007E7481">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Julie Freeman</w:t>
             </w:r>
             <w:r w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> provided the following updates:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D505FF2" w14:textId="54D08597" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
+          <w:p w14:paraId="0D505FF2" w14:textId="25A164FF" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>he subcommittee continues to partner with Georgia Trauma Foundation to offer rural courses (potentially grant-funded) and welcomes new members.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6A714FA5" w14:textId="0010EFE1" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
+              <w:t>he subcommittee continues to partner with Georgia Trauma Foundation to offer rural courses</w:t>
+            </w:r>
+            <w:r w:rsidR="00012241">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A714FA5" w14:textId="5EDF7644" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Subcommittee meetings provide updates on trauma courses, symposiums, and certification offerings (e.g., ATCN, ATLS, TNCC, ENPC)</w:t>
+              <w:t>Subcommittee meetings provide updates on trauma courses, symposiums, and certification offerings</w:t>
+            </w:r>
+            <w:r w:rsidR="00012241">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C98D705" w14:textId="476708AE" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Feedback from the statewide education needs assessment emphasized demand for MCI tabletops, drills, and pre-hospital education, highlighting the subcommittee’s importance.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="320F7B84" w14:textId="4E7DAAB0" w:rsidR="00A10C0E" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
+          <w:p w14:paraId="320F7B84" w14:textId="76DF780B" w:rsidR="00A10C0E" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Regional RTAC coordinators and regional health coalitions will start attending subcommittee meetings to enhance resource sharing and low-cost education outreach.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72533D7F" w14:textId="77777777" w:rsidR="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="561A5D52" w14:textId="6D911804" w:rsidR="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
+          <w:p w14:paraId="74F6FE70" w14:textId="3DC909A9" w:rsidR="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lynn Grant provided an overview of the education needs assessment:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74F6FE70" w14:textId="77777777" w:rsidR="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
-[...9 lines deleted...]
-          <w:p w14:paraId="7DD76F27" w14:textId="37752B3B" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
+          <w:p w14:paraId="7DD76F27" w14:textId="1E1A4DAC" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Sent in September with 31 respondents across all trauma center levels (8 Level 1, 9 Level 2, 7 Level 3, 5 Level 4, 2 non-designated).</w:t>
+              <w:t xml:space="preserve">Sent in September with 31 respondents across all trauma center levels (8 Level </w:t>
+            </w:r>
+            <w:r w:rsidR="00012241">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E47AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 9 Level </w:t>
+            </w:r>
+            <w:r w:rsidR="00012241">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E47AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 7 Level </w:t>
+            </w:r>
+            <w:r w:rsidR="00012241">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E47AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 5 Level </w:t>
+            </w:r>
+            <w:r w:rsidR="00012241">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E47AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 2 non-designated).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08BF91F6" w14:textId="4CD027A0" w:rsidR="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Top 3 requested courses: Optimal Course, Topic Course, Injury Prevention Course.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74C55534" w14:textId="533FF11E" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="004B532B">
@@ -4693,207 +11773,255 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="26B300AB" w14:textId="3D5BDCA5" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="1417"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Topic Course: In-person, 40 participants, $28,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36DDAD5A" w14:textId="082C6BEE" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
+          <w:p w14:paraId="36DDAD5A" w14:textId="56E865E2" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="1417"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Injury Prevention Course: Virtual, 25 participants, $10,607.</w:t>
+              <w:t>Injury Prevention Course: Virtual</w:t>
+            </w:r>
+            <w:r w:rsidR="0028482E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2-day</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E47AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 25 participants, $10,607.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03D56F2F" w14:textId="715024E4" w:rsidR="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="1417"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total initial budget request: $91,187.50, later rounded to $95,000 for simplicity.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="246DB74C" w14:textId="710F2A2D" w:rsidR="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="787"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Year 2 proposed education offerings and costs:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E6C4851" w14:textId="47909ED3" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
+          <w:p w14:paraId="4CC76EB5" w14:textId="77777777" w:rsidR="0028482E" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="1417"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Offer Rural Topic Course and add a Trauma Registry Course for all registrars (in-person, max 30 participants, ~$16,000).</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5B89DAB3" w14:textId="65AD6EBF" w:rsidR="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
+              <w:t>Rural Topic Course</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E6C4851" w14:textId="53C87899" w:rsidR="009E47AA" w:rsidRPr="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="1417"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Trauma Registry Course (in-person, max 30 participants, ~$16,000).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B89DAB3" w14:textId="65AD6EBF" w:rsidR="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:ind w:left="1417"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E47AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Flexibility maintained for course rotation and adjustments based on need</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="182C544E" w14:textId="77777777" w:rsidR="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="762F3E54" w14:textId="5FD3284D" w:rsidR="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
+          <w:p w14:paraId="762F3E54" w14:textId="2897CE8D" w:rsidR="009E47AA" w:rsidRDefault="009E47AA" w:rsidP="009E47AA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Liz Atkins emphasized </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">the requested proposals were </w:t>
             </w:r>
+            <w:r w:rsidR="0028482E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>needed</w:t>
+            </w:r>
             <w:r w:rsidR="00526A42">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>requested for consideration in the</w:t>
+              <w:t xml:space="preserve"> for consideration in the</w:t>
             </w:r>
             <w:r w:rsidRPr="009E47AA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> FY2027 budget</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, as the budget </w:t>
             </w:r>
             <w:r w:rsidR="00526A42">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>planning for the next fiscal</w:t>
             </w:r>
@@ -5033,111 +12161,111 @@
               </w:tabs>
               <w:ind w:left="774"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
               </w:rPr>
               <w:t xml:space="preserve">Motion to approve </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
               </w:rPr>
               <w:t xml:space="preserve">Optimal Course, Topic Course, and Injury Prevention Course for Year 1, with a total $95,000 budget. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F3BD104" w14:textId="77777777" w:rsidR="00526A42" w:rsidRPr="00BB5516" w:rsidRDefault="00526A42" w:rsidP="00526A42">
+          <w:p w14:paraId="2F3BD104" w14:textId="5EC3E2EC" w:rsidR="00526A42" w:rsidRPr="00BB5516" w:rsidRDefault="00526A42" w:rsidP="00526A42">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="774"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>MOTION:</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0028482E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Kyndra Holm</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="24CE5F78" w14:textId="77777777" w:rsidR="00526A42" w:rsidRPr="0095380B" w:rsidRDefault="00526A42" w:rsidP="00526A42">
+              <w:t>Kelli Vaughn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24CE5F78" w14:textId="17E67E07" w:rsidR="00526A42" w:rsidRPr="0028482E" w:rsidRDefault="00526A42" w:rsidP="00526A42">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="774"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">SECOND:  </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0028482E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Kelli Vaughn</w:t>
+              <w:t>Ashley Bullington</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C315058" w14:textId="77777777" w:rsidR="00526A42" w:rsidRPr="00BB5516" w:rsidRDefault="00526A42" w:rsidP="00526A42">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="774"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">DISCUSSION: </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
@@ -5270,141 +12398,148 @@
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>-0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59829FD7" w14:textId="746BCEAF" w:rsidR="00526A42" w:rsidRPr="00BB5516" w:rsidRDefault="00526A42" w:rsidP="00526A42">
+          <w:p w14:paraId="59829FD7" w14:textId="1934312A" w:rsidR="00526A42" w:rsidRPr="00BB5516" w:rsidRDefault="00526A42" w:rsidP="00526A42">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="3480"/>
               </w:tabs>
               <w:ind w:left="774"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
               </w:rPr>
               <w:t xml:space="preserve">Motion to approve </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rural Topic Course and Trauma Registry Course for Year 2,  with a total $40,000 budget. </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="033ACDD5" w14:textId="77777777" w:rsidR="00526A42" w:rsidRPr="00BB5516" w:rsidRDefault="00526A42" w:rsidP="00526A42">
+              <w:t xml:space="preserve">Rural Topic Course and Trauma Registry Course for Year 2, with a total $40,000 budget. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="033ACDD5" w14:textId="1FE3DB8E" w:rsidR="00526A42" w:rsidRPr="00BB5516" w:rsidRDefault="00526A42" w:rsidP="00526A42">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="774"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>MOTION:</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0028482E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Kyndra Holm</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="01F705E0" w14:textId="77777777" w:rsidR="00526A42" w:rsidRPr="0095380B" w:rsidRDefault="00526A42" w:rsidP="00526A42">
+              <w:t>Ashley Bullington</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01F705E0" w14:textId="5FC0D4E6" w:rsidR="00526A42" w:rsidRPr="0095380B" w:rsidRDefault="00526A42" w:rsidP="00526A42">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="774"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">SECOND:  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Kelli Vaughn</w:t>
+              <w:t>Kelli</w:t>
+            </w:r>
+            <w:r w:rsidR="0028482E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>e Rowker</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CA91D45" w14:textId="77777777" w:rsidR="00526A42" w:rsidRPr="00BB5516" w:rsidRDefault="00526A42" w:rsidP="00526A42">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="774"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">DISCUSSION: </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
@@ -5477,87 +12612,86 @@
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3BA70745" w14:textId="4A3C9239" w:rsidR="001D5BCF" w:rsidRPr="003E1B16" w:rsidRDefault="001D5BCF" w:rsidP="00C72CEB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Pediatric</w:t>
             </w:r>
             <w:r w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00682E58">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kellie Rowker</w:t>
             </w:r>
             <w:r w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> provided the following update</w:t>
             </w:r>
             <w:r w:rsidR="00682E58">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63DAFFFC" w14:textId="04248D53" w:rsidR="004969A4" w:rsidRDefault="00FF032A" w:rsidP="00FF032A">
+          <w:p w14:paraId="63DAFFFC" w14:textId="42A9FE35" w:rsidR="004969A4" w:rsidRDefault="00FF032A" w:rsidP="00FF032A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF032A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pediatric Transfer One-Page Reference</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -5582,51 +12716,83 @@
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF032A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF032A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Completed as a spin-off from the pediatric transfer toolkit, mirroring the adult transfer one-pager. Document titled Indications for Pediatric Trauma Patients Requiring Rapid Transfer to a Pediatric Trauma Center.</w:t>
+              <w:t xml:space="preserve">Completed as a spin-off from the pediatric transfer toolkit, mirroring the adult transfer one-pager. Document titled </w:t>
+            </w:r>
+            <w:r w:rsidR="0028482E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF032A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Indications for Pediatric Trauma Patients Requiring Rapid Transfer to a Pediatric Trauma Center</w:t>
+            </w:r>
+            <w:r w:rsidR="0028482E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF032A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF032A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Awaiting final approval from the committee and the Commissio</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>n.</w:t>
             </w:r>
@@ -5718,51 +12884,60 @@
             </w:r>
             <w:r w:rsidRPr="00FF032A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ATTACHMENT E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF032A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>: Ongoing data collection on EMS transport and age-appropriate safety restraints. Educational resources (PowerPoint) prepared and proposed for use on GTCE or Trauma Commission templates. Collaboration planned with Region 5 and TMD group to avoid duplicative efforts. Integration into the Rural Trauma Course also planned.</w:t>
+              <w:t xml:space="preserve">: Ongoing data collection on EMS transport and age-appropriate safety restraints. Educational resources (PowerPoint) prepared and proposed for use </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF032A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>on GTCE or Trauma Commission templates. Collaboration planned with Region 5 and TMD group to avoid duplicative efforts. Integration into the Rural Trauma Course also planned.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B006D45" w14:textId="4735F9AE" w:rsidR="00FF032A" w:rsidRDefault="00FF032A" w:rsidP="00FF032A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF032A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pediatric Imaging Toolkit Revision: Original toolkit released spring 2019; revision underway after completing literature review.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5986,111 +13161,111 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
               </w:rPr>
               <w:t xml:space="preserve"> poster, </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF032A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
               </w:rPr>
               <w:t>Pediatric Resuscitation Quick Reference</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
               </w:rPr>
               <w:t xml:space="preserve"> Guide, and EMS Safe Transport PowerPoint. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39111A1B" w14:textId="77777777" w:rsidR="00FF032A" w:rsidRPr="00BB5516" w:rsidRDefault="00FF032A" w:rsidP="00FF032A">
+          <w:p w14:paraId="39111A1B" w14:textId="42851FEF" w:rsidR="00FF032A" w:rsidRPr="00BB5516" w:rsidRDefault="00FF032A" w:rsidP="00FF032A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="774"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>MOTION:</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0028482E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Kyndra Holm</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="60235AF1" w14:textId="77777777" w:rsidR="00FF032A" w:rsidRPr="0095380B" w:rsidRDefault="00FF032A" w:rsidP="00FF032A">
+              <w:t>Rayma Stephens</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60235AF1" w14:textId="1CE1A1D7" w:rsidR="00FF032A" w:rsidRPr="0095380B" w:rsidRDefault="00FF032A" w:rsidP="00FF032A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="774"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">SECOND:  </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0028482E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Kelli Vaughn</w:t>
+              <w:t>Kyndra Holm</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4764C749" w14:textId="77777777" w:rsidR="00FF032A" w:rsidRPr="00BB5516" w:rsidRDefault="00FF032A" w:rsidP="00FF032A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="774"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">DISCUSSION: </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB5516">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
@@ -6251,51 +13426,50 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E4D8E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Last meeting was in August; participation was high and appreciated.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F08EF32" w14:textId="6EA6774B" w:rsidR="002E4D8E" w:rsidRDefault="002E4D8E" w:rsidP="002E4D8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E4D8E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Working on a PI toolkit to help coordinators use PI tools and improve processes.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002E4D8E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Some documents still need to be shared via email.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A18B615" w14:textId="6C954B83" w:rsidR="002E4D8E" w:rsidRDefault="002E4D8E" w:rsidP="002E4D8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
@@ -6367,321 +13541,253 @@
             <w:r w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00E01700">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Kelli Vaughn</w:t>
             </w:r>
             <w:r w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> provided the following </w:t>
             </w:r>
             <w:r w:rsidR="004969A4" w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>updates:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14E5BA9A" w14:textId="6E3B5A1B" w:rsidR="003706FC" w:rsidRPr="002E4D8E" w:rsidRDefault="002E4D8E" w:rsidP="002E4D8E">
+          <w:p w14:paraId="14E5BA9A" w14:textId="11799945" w:rsidR="003706FC" w:rsidRPr="002E4D8E" w:rsidRDefault="002E4D8E" w:rsidP="002E4D8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>The advance</w:t>
             </w:r>
             <w:r w:rsidRPr="002E4D8E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> and basic ICD-10 course</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">s are completed. </w:t>
+              <w:t xml:space="preserve">s are complete. </w:t>
             </w:r>
             <w:r w:rsidRPr="002E4D8E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>114 Georgia trauma program staff attended, aiming to improve data accuracy for quality care.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E55327F" w14:textId="01F7C62C" w:rsidR="002E4D8E" w:rsidRPr="002E4D8E" w:rsidRDefault="002E4D8E" w:rsidP="002E4D8E">
+          <w:p w14:paraId="6E55327F" w14:textId="7BA07F52" w:rsidR="002E4D8E" w:rsidRPr="002E4D8E" w:rsidRDefault="001B2CCC" w:rsidP="002E4D8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4D8E">
+            <w:r w:rsidRPr="001B2CCC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Registry </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Registry software review complete: Five systems reviewed: Vendor A, Vendor B, Vendor C, Vendor D, Vendor E. The review team consisted of 35 members from the subcommittee (registrars, TPMs, PI nurses). Evaluation of each registry product included abstraction, report writing, and PI functionality. Feedback was compiled and analyzed, then refined into a weighted scoring scale (idea by Sarah Parker). Kelli advised none of the registries fully meet trauma center needs; all systems need improvement. Results of the weighted rankings of the top three software products were as follows:</w:t>
+            </w:r>
+            <w:r w:rsidR="0038232C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">software review complete: </w:t>
-[...104 lines deleted...]
-              <w:t>”</w:t>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="557F2381" w14:textId="77777777" w:rsidR="002E4D8E" w:rsidRPr="002E4D8E" w:rsidRDefault="002E4D8E" w:rsidP="002E4D8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:ind w:left="1327"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E4D8E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Maximum score: 95%.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0981DEF6" w14:textId="3C8D3509" w:rsidR="002E4D8E" w:rsidRPr="002E4D8E" w:rsidRDefault="002E4D8E" w:rsidP="002E4D8E">
+          <w:p w14:paraId="0981DEF6" w14:textId="57416918" w:rsidR="002E4D8E" w:rsidRPr="002E4D8E" w:rsidRDefault="0072709B" w:rsidP="002E4D8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:ind w:left="1327"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4D8E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>V7: 56% ‚highest score</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="565347B3" w14:textId="77777777" w:rsidR="002E4D8E" w:rsidRPr="002E4D8E" w:rsidRDefault="002E4D8E" w:rsidP="002E4D8E">
+              <w:t xml:space="preserve">Vendor </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2CCC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4D8E" w:rsidRPr="002E4D8E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>: 56%</w:t>
+            </w:r>
+            <w:r w:rsidR="006C121A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4D8E" w:rsidRPr="002E4D8E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>highest score</w:t>
+            </w:r>
+            <w:r w:rsidR="006C121A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> achieved </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="565347B3" w14:textId="35EE0279" w:rsidR="002E4D8E" w:rsidRPr="002E4D8E" w:rsidRDefault="0072709B" w:rsidP="002E4D8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:ind w:left="1327"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4D8E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>ImageTrend: 48%</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5ECE5EBC" w14:textId="07B63B1F" w:rsidR="002E4D8E" w:rsidRDefault="002E4D8E" w:rsidP="002E4D8E">
+              <w:t>Vendor B</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4D8E" w:rsidRPr="002E4D8E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>: 48%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ECE5EBC" w14:textId="0369A4C0" w:rsidR="002E4D8E" w:rsidRDefault="0072709B" w:rsidP="002E4D8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:ind w:left="1327"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4D8E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>ESO: 25%</w:t>
+              <w:t xml:space="preserve">Vendor </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2CCC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4D8E" w:rsidRPr="002E4D8E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>: 25%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22FDCEBE" w14:textId="77777777" w:rsidR="002E4D8E" w:rsidRDefault="002E4D8E" w:rsidP="002E4D8E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="73267CE2" w14:textId="7B192E9B" w:rsidR="0001745F" w:rsidRDefault="002E4D8E" w:rsidP="0001745F">
+          <w:p w14:paraId="73267CE2" w14:textId="2D26C2DD" w:rsidR="0001745F" w:rsidRDefault="002E4D8E" w:rsidP="0001745F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Liz Atkins noted n</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> It was also shared there is an E</w:t>
+              <w:t>It was also shared there is an E</w:t>
             </w:r>
             <w:r w:rsidRPr="002E4D8E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">SO &amp; V7 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="002E4D8E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>ollaboratio</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>n, where the l</w:t>
             </w:r>
@@ -6834,51 +13940,50 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Strong fall prevention engagement through Matter of Balance and Bingocize programs; Trauma Commission released GTCE funding; previous facilitators grandfathered in pending renewal training; limited new facilitator slots prioritized for centers launching programs soon; goal to engage 12 centers statewide.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C2DD1CD" w14:textId="1FDD5751" w:rsidR="000758F3" w:rsidRPr="000758F3" w:rsidRDefault="000758F3" w:rsidP="000758F3">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Virtual Matter of Balance course currently running and open for observation; centers encouraged to alternate between Bingocize and Matter of Balance based on community needs.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EB1CD5A" w14:textId="12CFBB55" w:rsidR="000758F3" w:rsidRPr="000758F3" w:rsidRDefault="000758F3" w:rsidP="000758F3">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Traffic injury prevention efforts include the L</w:t>
             </w:r>
             <w:r>
@@ -6917,50 +14022,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Continued initiatives in firearm injury, suicide, and child abuse prevention, with strong participation in recent suicide prevention and mental health awareness activities.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7842C25D" w14:textId="5EBFEDB0" w:rsidR="006436CC" w:rsidRPr="00780A8C" w:rsidRDefault="000758F3" w:rsidP="000758F3">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Region 5 Ride Safe pediatric transport initiative highlighted by Kelly R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>owker’s</w:t>
             </w:r>
             <w:r w:rsidRPr="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> data-driven leadership, identifying major gaps in EMS transport safety; approximately 350 EMS staff trained, with Emily’s agency achieving 100% completion; significant statewide improvement in pediatric safe transport practices.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000758F3" w:rsidRPr="003E1B16" w14:paraId="6C3FAB5F" w14:textId="77777777" w:rsidTr="001D5BCF">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
@@ -7034,121 +14140,161 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ATTACHMENT G</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000758F3" w:rsidRPr="003E1B16" w14:paraId="2E846131" w14:textId="77777777" w:rsidTr="001D5BCF">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F1F081C" w14:textId="052E2745" w:rsidR="000758F3" w:rsidRPr="00780A8C" w:rsidRDefault="000758F3" w:rsidP="00C72CEB">
+          <w:p w14:paraId="7F1F081C" w14:textId="13680C99" w:rsidR="000758F3" w:rsidRPr="00780A8C" w:rsidRDefault="00EA6CBA" w:rsidP="00C72CEB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Co-Chair Election</w:t>
+              <w:t>Vice-Chair</w:t>
+            </w:r>
+            <w:r w:rsidR="000758F3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Election</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1885AEDF" w14:textId="77777777" w:rsidR="000758F3" w:rsidRDefault="000758F3" w:rsidP="00C72CEB">
+          <w:p w14:paraId="1885AEDF" w14:textId="153E5303" w:rsidR="000758F3" w:rsidRDefault="000758F3" w:rsidP="00C72CEB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lynn Grant announced Kyndra Holm, would be resigning as co-chair. Kyndra Holm shared after 9 years as Pediatric Trauma </w:t>
+              <w:t xml:space="preserve">Lynn Grant announced Kyndra Holm, would be resigning as </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA6CBA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vice-chair</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Kyndra Holm shared after 9 years as Pediatric Trauma </w:t>
             </w:r>
             <w:r w:rsidRPr="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Manager </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">at </w:t>
             </w:r>
             <w:r w:rsidRPr="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Children’s Hospital of Georgia</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, she will be moving to Maine. She</w:t>
+              <w:t>, she will be moving to Ma</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA6CBA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ryland</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. She</w:t>
             </w:r>
             <w:r w:rsidRPr="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> expressed gratitude for friendships and collaboration</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Lynn and </w:t>
             </w:r>
@@ -7157,118 +14303,142 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Committee</w:t>
             </w:r>
             <w:r w:rsidRPr="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> thanked her for major contributions to the trauma system.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AF62C19" w14:textId="77777777" w:rsidR="000758F3" w:rsidRDefault="000758F3" w:rsidP="00C72CEB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64871D85" w14:textId="5321617D" w:rsidR="000758F3" w:rsidRDefault="000758F3" w:rsidP="00C72CEB">
+          <w:p w14:paraId="64871D85" w14:textId="66C0A9A3" w:rsidR="000758F3" w:rsidRDefault="00E50C88" w:rsidP="00C72CEB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Co-chair elections were held and Becky Gaskins </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000758F3">
+              <w:t>Vice</w:t>
+            </w:r>
+            <w:r w:rsidR="000758F3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-chair electio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n was </w:t>
+            </w:r>
+            <w:r w:rsidR="000758F3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">held and Becky Gaskins </w:t>
+            </w:r>
+            <w:r w:rsidR="000758F3" w:rsidRPr="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">elected new GCTE </w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00EA6CBA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vice-chair</w:t>
+            </w:r>
+            <w:r w:rsidR="000758F3" w:rsidRPr="000758F3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by majority vote</w:t>
+            </w:r>
+            <w:r w:rsidR="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="000758F3">
+            <w:r w:rsidR="000758F3" w:rsidRPr="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ATTACHMENT G</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
-            <w:r w:rsidRPr="000758F3">
+            <w:r w:rsidR="000758F3" w:rsidRPr="000758F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lynn welcomed her and confirmed follow-up coordination.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D5BCF" w:rsidRPr="003E1B16" w14:paraId="19216FC6" w14:textId="77777777" w:rsidTr="001D5BCF">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CA49FDA" w14:textId="4EC72BC4" w:rsidR="001D5BCF" w:rsidRPr="003E1B16" w:rsidRDefault="00D04019" w:rsidP="00C72CEB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7282,208 +14452,189 @@
               </w:rPr>
               <w:t>5.12-5.14 Transfer-Related Standards</w:t>
             </w:r>
             <w:r w:rsidR="00EE1207">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AB0F93">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46E35F76" w14:textId="6F240D5F" w:rsidR="00B24137" w:rsidRPr="00B24137" w:rsidRDefault="00B24137" w:rsidP="00B24137">
+          <w:p w14:paraId="1BD202B8" w14:textId="50043DA2" w:rsidR="00B24137" w:rsidRPr="00B24137" w:rsidRDefault="00B24137" w:rsidP="00B24137">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24137">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lynn Grant introduced the standards review segment, focusing on three transfer-related standards (5.12–5.14</w:t>
             </w:r>
             <w:r w:rsidR="00D04019">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00D04019" w:rsidRPr="00D04019">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ATTACHMENT H</w:t>
             </w:r>
             <w:r w:rsidRPr="00B24137">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>), which are Type II deficiencies applicable to all adult and pediatric trauma center levels.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BD202B8" w14:textId="77777777" w:rsidR="00B24137" w:rsidRPr="00B24137" w:rsidRDefault="00B24137" w:rsidP="00B24137">
+          <w:p w14:paraId="546DBC1B" w14:textId="283DEEC8" w:rsidR="00B24137" w:rsidRPr="00EA6CBA" w:rsidRDefault="00B24137" w:rsidP="00B24137">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...6 lines deleted...]
-          <w:p w14:paraId="62BEFFF1" w14:textId="17F53B21" w:rsidR="00B24137" w:rsidRPr="00B24137" w:rsidRDefault="00B24137" w:rsidP="00B24137">
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B24137">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Standard 5.12</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04019">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B24137">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Transfer Protocols: All trauma centers must have clearly defined transfer protocols, including patient types, time frames, and predetermined referral centers; compliance measured via documented protocols.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0740BC31" w14:textId="79230859" w:rsidR="00B24137" w:rsidRPr="00EA6CBA" w:rsidRDefault="00B24137" w:rsidP="00B24137">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24137">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Standard 5.12</w:t>
+              <w:t>Standard 5.13</w:t>
             </w:r>
             <w:r w:rsidR="00D04019">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B24137">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Transfer Protocols: All trauma centers must have clearly defined transfer protocols, including patient types, time frames, and predetermined referral centers; compliance measured via documented protocols.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="546DBC1B" w14:textId="77777777" w:rsidR="00B24137" w:rsidRPr="00B24137" w:rsidRDefault="00B24137" w:rsidP="00B24137">
+              <w:t>Decision to Transfer: Transfers must be based solely on patient need, independent of payer or health plan considerations; compliance verified during site visits.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59805ACC" w14:textId="23B5BFA5" w:rsidR="00B24137" w:rsidRPr="00B24137" w:rsidRDefault="00B24137" w:rsidP="00EA6CBA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...8 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24137">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Standard 5.13</w:t>
-[...43 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>Standard 5.14</w:t>
             </w:r>
             <w:r w:rsidR="00D04019">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B24137">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Transfer Communication: Direct provider-to-provider communication required for all transfers (may occur through transfer centers); documentation examples include call logs, emails, and summary reports.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C282A63" w14:textId="77777777" w:rsidR="00B24137" w:rsidRPr="00B24137" w:rsidRDefault="00B24137" w:rsidP="00B24137">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
@@ -7563,78 +14714,86 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00D04019" w:rsidRPr="00D04019">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ATTACHMENT I</w:t>
             </w:r>
             <w:r w:rsidRPr="00D04019">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16C6FE9E" w14:textId="1EB61EFA" w:rsidR="00B24137" w:rsidRPr="00D04019" w:rsidRDefault="00D04019" w:rsidP="00B24137">
+          <w:p w14:paraId="16C6FE9E" w14:textId="740FF96C" w:rsidR="00B24137" w:rsidRPr="00D04019" w:rsidRDefault="00D04019" w:rsidP="00B24137">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Use a</w:t>
+              <w:t xml:space="preserve">Use </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA6CBA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
             </w:r>
             <w:r w:rsidR="00B24137" w:rsidRPr="00B24137">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> MTALA transfer form</w:t>
+              <w:t>transfer form</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00D04019">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ATTACHMENT J</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -7662,50 +14821,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>retained for compliance and PI review.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F42A4B0" w14:textId="15E97A3F" w:rsidR="00B24137" w:rsidRPr="00D04019" w:rsidRDefault="00B24137" w:rsidP="00B24137">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24137">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Developed a comprehensive Excel-based Transfer Detail PI tracker</w:t>
             </w:r>
             <w:r w:rsidR="00D04019">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="00D04019" w:rsidRPr="00D04019">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ATTACHMENT K</w:t>
             </w:r>
             <w:r w:rsidR="00D04019">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7904,602 +15064,573 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D5BCF" w:rsidRPr="003E1B16" w14:paraId="3992D328" w14:textId="77777777" w:rsidTr="001D5BCF">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3511EDBE" w14:textId="77777777" w:rsidR="001D5BCF" w:rsidRPr="003E1B16" w:rsidRDefault="001D5BCF" w:rsidP="00C72CEB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Adjournment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54C21675" w14:textId="34705E62" w:rsidR="001D5BCF" w:rsidRPr="00FC469C" w:rsidRDefault="001D5BCF" w:rsidP="00C72CEB">
+          <w:p w14:paraId="54C21675" w14:textId="79A4BC1C" w:rsidR="001D5BCF" w:rsidRPr="00FC469C" w:rsidRDefault="001D5BCF" w:rsidP="00C72CEB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Before adjournment, </w:t>
             </w:r>
             <w:r w:rsidR="0023088D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Lynn</w:t>
             </w:r>
             <w:r w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> expressed </w:t>
             </w:r>
             <w:r w:rsidR="009E5688">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>gratitude and recognition of the efforts across the trauma programs</w:t>
             </w:r>
             <w:r w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">. The next meeting is scheduled for </w:t>
             </w:r>
-            <w:r w:rsidR="009E5688">
+            <w:r w:rsidR="00EA6CBA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">November </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="34E468BC" w14:textId="53437EC2" w:rsidR="001D5BCF" w:rsidRPr="003E1B16" w:rsidRDefault="0023088D" w:rsidP="00C72CEB">
+              <w:t xml:space="preserve">February 19th. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34E468BC" w14:textId="78A3BFDF" w:rsidR="001D5BCF" w:rsidRPr="003E1B16" w:rsidRDefault="0023088D" w:rsidP="00C72CEB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>Lynn Grant</w:t>
             </w:r>
             <w:r w:rsidR="001D5BCF" w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t xml:space="preserve"> adjourned the meeting at </w:t>
             </w:r>
             <w:r w:rsidR="006F400F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>3:</w:t>
             </w:r>
-            <w:r w:rsidR="009E5688">
+            <w:r w:rsidR="00E50C88">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r w:rsidR="001D5BCF" w:rsidRPr="003E1B16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="12AA890F" w14:textId="77777777" w:rsidR="00123BBA" w:rsidRDefault="00123BBA"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="68AD4A9F" w14:textId="51DC16F4" w:rsidR="000E61B7" w:rsidRPr="00BB5516" w:rsidRDefault="00573FCA" w:rsidP="00A17893">
+    <w:p w14:paraId="68AD4A9F" w14:textId="51DC16F4" w:rsidR="000E61B7" w:rsidRPr="00BB5516" w:rsidRDefault="00573FCA" w:rsidP="00EA6CBA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:jc w:val="right"/>
+        <w:ind w:left="10350" w:right="-551"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5516">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Minutes </w:t>
       </w:r>
       <w:r w:rsidR="009C286C" w:rsidRPr="00BB5516">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Crafted by </w:t>
       </w:r>
       <w:r w:rsidR="00A90466" w:rsidRPr="00BB5516">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Gabriela Saye</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000E61B7" w:rsidRPr="00BB5516" w:rsidSect="00FC469C">
-      <w:headerReference w:type="even" r:id="rId13"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="662" w:right="1354" w:bottom="864" w:left="1267" w:header="576" w:footer="144" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17FEB893" w14:textId="77777777" w:rsidR="00AF2000" w:rsidRDefault="00AF2000" w:rsidP="00E65539">
+    <w:p w14:paraId="50DFA898" w14:textId="77777777" w:rsidR="00EE66FD" w:rsidRDefault="00EE66FD" w:rsidP="00E65539">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21FB9F2B" w14:textId="77777777" w:rsidR="00AF2000" w:rsidRDefault="00AF2000"/>
+    <w:p w14:paraId="2F53A982" w14:textId="77777777" w:rsidR="00EE66FD" w:rsidRDefault="00EE66FD"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5FC5D29A" w14:textId="77777777" w:rsidR="00AF2000" w:rsidRDefault="00AF2000" w:rsidP="00E65539">
+    <w:p w14:paraId="452BD7FF" w14:textId="77777777" w:rsidR="00EE66FD" w:rsidRDefault="00EE66FD" w:rsidP="00E65539">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432D4340" w14:textId="77777777" w:rsidR="00AF2000" w:rsidRDefault="00AF2000"/>
+    <w:p w14:paraId="3E0A221C" w14:textId="77777777" w:rsidR="00EE66FD" w:rsidRDefault="00EE66FD"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="00000500000000020000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2355C081" w14:textId="195AF56E" w:rsidR="00334957" w:rsidRDefault="00FC469C" w:rsidP="00FC469C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2836"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E8A759A" w14:textId="77777777" w:rsidR="00AF2000" w:rsidRDefault="00AF2000" w:rsidP="00E65539">
+    <w:p w14:paraId="5784183F" w14:textId="77777777" w:rsidR="00EE66FD" w:rsidRDefault="00EE66FD" w:rsidP="00E65539">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00CE8711" w14:textId="77777777" w:rsidR="00AF2000" w:rsidRDefault="00AF2000"/>
+    <w:p w14:paraId="01A31B4E" w14:textId="77777777" w:rsidR="00EE66FD" w:rsidRDefault="00EE66FD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AD429E5" w14:textId="77777777" w:rsidR="00AF2000" w:rsidRDefault="00AF2000" w:rsidP="00E65539">
+    <w:p w14:paraId="01F5E54C" w14:textId="77777777" w:rsidR="00EE66FD" w:rsidRDefault="00EE66FD" w:rsidP="00E65539">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58580577" w14:textId="77777777" w:rsidR="00AF2000" w:rsidRDefault="00AF2000"/>
+    <w:p w14:paraId="516A3547" w14:textId="77777777" w:rsidR="00EE66FD" w:rsidRDefault="00EE66FD"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="60D97552" w14:textId="6A8A51FA" w:rsidR="007135AE" w:rsidRDefault="00AF2000">
+  <w:p w14:paraId="60D97552" w14:textId="6A8A51FA" w:rsidR="007135AE" w:rsidRDefault="00EE66FD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="69EFB6A1">
+      <w:pict w14:anchorId="3D4669AE">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject523548720" o:spid="_x0000_s1031" type="#_x0000_t136" alt="" style="position:absolute;margin-left:0;margin-top:0;width:660.65pt;height:237.15pt;z-index:-251591680;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="5703F2D5">
+      <w:pict w14:anchorId="64D21F72">
         <v:shape id="_x0000_s1030" type="#_x0000_t136" alt="" style="position:absolute;margin-left:0;margin-top:0;width:480pt;height:161pt;rotation:315;z-index:-251612160;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:2in" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="7D005BCD">
+      <w:pict w14:anchorId="6CA134C8">
         <v:shape id="_x0000_s1029" type="#_x0000_t136" alt="" style="position:absolute;margin-left:0;margin-top:0;width:494.9pt;height:164.95pt;rotation:315;z-index:-251620352;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="7A5FA650">
+      <w:pict w14:anchorId="71DEC2FD">
         <v:shape id="_x0000_s1028" type="#_x0000_t136" alt="" style="position:absolute;margin-left:0;margin-top:0;width:494.9pt;height:164.95pt;rotation:315;z-index:-251651072;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
   <w:p w14:paraId="6662A118" w14:textId="77777777" w:rsidR="00972BB3" w:rsidRDefault="00972BB3"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="771B017F" w14:textId="6FB4EFE6" w:rsidR="00E65539" w:rsidRPr="00921844" w:rsidRDefault="00A25C4C" w:rsidP="00434F94">
+  <w:p w14:paraId="771B017F" w14:textId="112F245F" w:rsidR="00E65539" w:rsidRPr="00921844" w:rsidRDefault="00A25C4C" w:rsidP="00434F94">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="center" w:pos="6840"/>
         <w:tab w:val="right" w:pos="13680"/>
       </w:tabs>
       <w:ind w:left="-720" w:right="-540"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00921844">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t>GCTE Meeting Minutes</w:t>
     </w:r>
     <w:r w:rsidRPr="00921844">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:r w:rsidR="003D68C6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:rPr>
+      <w:t>October 30</w:t>
+    </w:r>
     <w:r w:rsidR="00615DF6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
-      <w:t>August 21, 2025</w:t>
+      <w:t>, 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="00921844">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">page </w:t>
     </w:r>
     <w:r w:rsidRPr="00921844">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00921844">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00921844">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00921844">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00921844">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3C53A49A" w14:textId="706ADBAB" w:rsidR="00972BB3" w:rsidRDefault="00AF2000">
+  <w:p w14:paraId="3C53A49A" w14:textId="706ADBAB" w:rsidR="00972BB3" w:rsidRDefault="00EE66FD">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="3C935CEE">
+      <w:pict w14:anchorId="70EB73D6">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject523548721" o:spid="_x0000_s1027" type="#_x0000_t136" alt="" style="position:absolute;margin-left:0;margin-top:0;width:660.65pt;height:237.15pt;z-index:-251587584;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="5546C2AE">
+      <w:pict w14:anchorId="2C2F04F8">
         <v:shape id="_x0000_s1026" type="#_x0000_t136" alt="" style="position:absolute;margin-left:0;margin-top:0;width:1in;height:1in;z-index:251726848;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0"/>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3903EB8C" w14:textId="07CBF3DA" w:rsidR="00C72CEB" w:rsidRDefault="00AF2000">
+  <w:p w14:paraId="3903EB8C" w14:textId="07CBF3DA" w:rsidR="00C72CEB" w:rsidRDefault="00EE66FD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="18C3C9A0">
+      <w:pict w14:anchorId="6FD69E53">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject523548719" o:spid="_x0000_s1025" type="#_x0000_t136" alt="" style="position:absolute;margin-left:0;margin-top:0;width:660.65pt;height:237.15pt;z-index:-251595776;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f" fillcolor="silver" stroked="f">
@@ -8832,50 +15963,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16877A44"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C75CC0B4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16D64DA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38BAA864"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8944,51 +16188,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BD43FA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8B0D410"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9057,51 +16301,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D4B6EB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9508CB9E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9170,51 +16414,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DED5308"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9720D0A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9283,51 +16527,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B162251"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C961EF8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9396,51 +16640,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BFA4D6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7ADCAC3E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9509,51 +16753,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C27182B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0086F0C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1495" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9622,51 +16866,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5815" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6535" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DFA1036"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="529A5DBA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9735,51 +16979,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F0915FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2DC5944"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9848,51 +17092,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35E95D5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65C0F180"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9961,51 +17205,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37102404"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B10473C6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="766" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1486" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10074,51 +17318,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5806" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6526" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F776F2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E9643A1C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10187,51 +17431,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C245893"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78F03124"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10300,51 +17544,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E55655F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62C0C3E2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10413,51 +17657,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BC67D3F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6B2C0CEE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10562,51 +17806,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64F54FE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E58A7FC6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10675,51 +17919,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65705135"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4672D204"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10788,51 +18032,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6604061A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3B25702"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10901,51 +18145,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66A21968"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27DC7188"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11014,51 +18258,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B9F0214"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE6EBE84"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11127,51 +18371,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E852BD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83CA514E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11240,51 +18484,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75E06077"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCD6B29A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11353,51 +18597,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CB3241E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DDCA79C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11467,162 +18711,167 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="184514501">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1734809681">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="995374197">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="586889447">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2124762416">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="977417418">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1201551223">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1012100093">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="234554342">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="721174560">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="936982902">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="721174560">
+  <w:num w:numId="12" w16cid:durableId="408892619">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1120341580">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1617635258">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1172723606">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="705450897">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="204102536">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="936982902">
+  <w:num w:numId="18" w16cid:durableId="578370062">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="267584862">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1569534347">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2135097649">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1868105528">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="408892619">
+  <w:num w:numId="23" w16cid:durableId="1642031212">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="241137774">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1120341580">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="25" w16cid:durableId="1065376804">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1617635258">
-[...2 lines deleted...]
-  <w:num w:numId="15" w16cid:durableId="1172723606">
+  <w:num w:numId="26" w16cid:durableId="242489347">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="705450897">
-[...30 lines deleted...]
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="27" w16cid:durableId="1698237113">
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="17"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="173"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CB3135"/>
     <w:rsid w:val="000029E6"/>
     <w:rsid w:val="00011E54"/>
+    <w:rsid w:val="00012241"/>
     <w:rsid w:val="00014013"/>
     <w:rsid w:val="00015698"/>
     <w:rsid w:val="0001745F"/>
     <w:rsid w:val="00026095"/>
     <w:rsid w:val="00037E33"/>
     <w:rsid w:val="00040B87"/>
     <w:rsid w:val="00046CDA"/>
     <w:rsid w:val="00047A43"/>
     <w:rsid w:val="00050F5B"/>
     <w:rsid w:val="00054967"/>
     <w:rsid w:val="000562A7"/>
     <w:rsid w:val="000613E6"/>
     <w:rsid w:val="000633EF"/>
     <w:rsid w:val="00064748"/>
     <w:rsid w:val="00070EF2"/>
     <w:rsid w:val="00073076"/>
     <w:rsid w:val="00074DFB"/>
     <w:rsid w:val="000758F3"/>
     <w:rsid w:val="000765E9"/>
     <w:rsid w:val="00081144"/>
     <w:rsid w:val="00091C75"/>
     <w:rsid w:val="00095D40"/>
     <w:rsid w:val="00096052"/>
     <w:rsid w:val="00096E27"/>
     <w:rsid w:val="00097355"/>
@@ -11653,152 +18902,159 @@
     <w:rsid w:val="001368F0"/>
     <w:rsid w:val="00137030"/>
     <w:rsid w:val="0014282D"/>
     <w:rsid w:val="00145492"/>
     <w:rsid w:val="001458F1"/>
     <w:rsid w:val="001476F6"/>
     <w:rsid w:val="00151A3F"/>
     <w:rsid w:val="0015416B"/>
     <w:rsid w:val="00156C39"/>
     <w:rsid w:val="00161E06"/>
     <w:rsid w:val="00164C76"/>
     <w:rsid w:val="001660D8"/>
     <w:rsid w:val="00166B1F"/>
     <w:rsid w:val="0016753C"/>
     <w:rsid w:val="00167567"/>
     <w:rsid w:val="001676DC"/>
     <w:rsid w:val="00173DA1"/>
     <w:rsid w:val="001775C9"/>
     <w:rsid w:val="0018008D"/>
     <w:rsid w:val="00181100"/>
     <w:rsid w:val="001860CF"/>
     <w:rsid w:val="00186BA7"/>
     <w:rsid w:val="0019238C"/>
     <w:rsid w:val="00192E3A"/>
     <w:rsid w:val="001A4661"/>
+    <w:rsid w:val="001B2CCC"/>
     <w:rsid w:val="001B3528"/>
     <w:rsid w:val="001B6524"/>
     <w:rsid w:val="001C2D80"/>
     <w:rsid w:val="001C470D"/>
     <w:rsid w:val="001D1ACD"/>
     <w:rsid w:val="001D1F5F"/>
     <w:rsid w:val="001D2B8E"/>
     <w:rsid w:val="001D5A22"/>
     <w:rsid w:val="001D5BCF"/>
     <w:rsid w:val="001E503B"/>
     <w:rsid w:val="001E697F"/>
     <w:rsid w:val="001E6ECE"/>
     <w:rsid w:val="001F456A"/>
     <w:rsid w:val="00203710"/>
     <w:rsid w:val="00213147"/>
     <w:rsid w:val="002134FE"/>
     <w:rsid w:val="00213CED"/>
+    <w:rsid w:val="002214F8"/>
     <w:rsid w:val="0022358E"/>
     <w:rsid w:val="00224A9F"/>
     <w:rsid w:val="0023088D"/>
     <w:rsid w:val="00240ACE"/>
     <w:rsid w:val="0024308D"/>
     <w:rsid w:val="00243424"/>
     <w:rsid w:val="00244A45"/>
     <w:rsid w:val="00250063"/>
     <w:rsid w:val="00250A7B"/>
     <w:rsid w:val="002518FE"/>
     <w:rsid w:val="00262BD5"/>
     <w:rsid w:val="00264CEB"/>
     <w:rsid w:val="00267BBE"/>
     <w:rsid w:val="002702FB"/>
     <w:rsid w:val="00280F61"/>
     <w:rsid w:val="00283887"/>
     <w:rsid w:val="0028443B"/>
+    <w:rsid w:val="0028482E"/>
     <w:rsid w:val="00284BCF"/>
     <w:rsid w:val="00286C6B"/>
     <w:rsid w:val="00291F50"/>
     <w:rsid w:val="00293D3A"/>
     <w:rsid w:val="00296B2D"/>
     <w:rsid w:val="002A3E5A"/>
     <w:rsid w:val="002A5449"/>
     <w:rsid w:val="002B7F5E"/>
     <w:rsid w:val="002C07A1"/>
     <w:rsid w:val="002C1CC8"/>
     <w:rsid w:val="002C3B6D"/>
     <w:rsid w:val="002C5907"/>
     <w:rsid w:val="002C5FA8"/>
     <w:rsid w:val="002D013C"/>
     <w:rsid w:val="002D4DFC"/>
     <w:rsid w:val="002D623D"/>
     <w:rsid w:val="002E1767"/>
     <w:rsid w:val="002E43AC"/>
     <w:rsid w:val="002E4D8E"/>
     <w:rsid w:val="002E705E"/>
     <w:rsid w:val="002F0609"/>
     <w:rsid w:val="002F2529"/>
     <w:rsid w:val="002F4466"/>
     <w:rsid w:val="00306929"/>
     <w:rsid w:val="0032169F"/>
     <w:rsid w:val="00323020"/>
     <w:rsid w:val="00323FA8"/>
     <w:rsid w:val="00327B3A"/>
     <w:rsid w:val="00327FD6"/>
+    <w:rsid w:val="00330A70"/>
     <w:rsid w:val="0033298C"/>
     <w:rsid w:val="003329D0"/>
     <w:rsid w:val="003330CB"/>
     <w:rsid w:val="003344BD"/>
     <w:rsid w:val="00334957"/>
     <w:rsid w:val="00342A73"/>
     <w:rsid w:val="00343AF9"/>
+    <w:rsid w:val="003536A5"/>
     <w:rsid w:val="00354B71"/>
     <w:rsid w:val="003560C5"/>
     <w:rsid w:val="0036110E"/>
     <w:rsid w:val="00362876"/>
     <w:rsid w:val="00365211"/>
     <w:rsid w:val="003706FC"/>
     <w:rsid w:val="00371AA8"/>
     <w:rsid w:val="00372BC4"/>
     <w:rsid w:val="00373F8A"/>
     <w:rsid w:val="003763CC"/>
+    <w:rsid w:val="0038232C"/>
     <w:rsid w:val="00385B6A"/>
     <w:rsid w:val="00386757"/>
     <w:rsid w:val="00386C95"/>
     <w:rsid w:val="003879A9"/>
     <w:rsid w:val="0039338D"/>
     <w:rsid w:val="00394D5C"/>
     <w:rsid w:val="00396570"/>
     <w:rsid w:val="003A102A"/>
     <w:rsid w:val="003A54F8"/>
     <w:rsid w:val="003A5EB4"/>
     <w:rsid w:val="003A7D8F"/>
     <w:rsid w:val="003B0141"/>
     <w:rsid w:val="003B0B56"/>
     <w:rsid w:val="003B44BD"/>
     <w:rsid w:val="003B4E96"/>
     <w:rsid w:val="003C0FAB"/>
     <w:rsid w:val="003C22B7"/>
     <w:rsid w:val="003C2A8C"/>
     <w:rsid w:val="003C328A"/>
     <w:rsid w:val="003D0607"/>
     <w:rsid w:val="003D1D69"/>
     <w:rsid w:val="003D4BAC"/>
+    <w:rsid w:val="003D68C6"/>
     <w:rsid w:val="003E130C"/>
     <w:rsid w:val="003E1B16"/>
     <w:rsid w:val="003E5C0E"/>
     <w:rsid w:val="003E5C2A"/>
     <w:rsid w:val="003F0906"/>
     <w:rsid w:val="003F1DE1"/>
     <w:rsid w:val="003F1E58"/>
     <w:rsid w:val="003F2590"/>
     <w:rsid w:val="003F25F1"/>
     <w:rsid w:val="003F65D7"/>
     <w:rsid w:val="003F6AE8"/>
     <w:rsid w:val="004029E8"/>
     <w:rsid w:val="00402E35"/>
     <w:rsid w:val="004044AC"/>
     <w:rsid w:val="00405E09"/>
     <w:rsid w:val="0041151B"/>
     <w:rsid w:val="00413C9E"/>
     <w:rsid w:val="004149F4"/>
     <w:rsid w:val="004219EC"/>
     <w:rsid w:val="00425219"/>
     <w:rsid w:val="004303CA"/>
     <w:rsid w:val="00432B78"/>
     <w:rsid w:val="00434F94"/>
     <w:rsid w:val="00441E72"/>
     <w:rsid w:val="00453978"/>
@@ -11901,91 +19157,94 @@
     <w:rsid w:val="00623280"/>
     <w:rsid w:val="006253EE"/>
     <w:rsid w:val="006279FB"/>
     <w:rsid w:val="006302D0"/>
     <w:rsid w:val="00633C94"/>
     <w:rsid w:val="00635780"/>
     <w:rsid w:val="00641C89"/>
     <w:rsid w:val="006436CC"/>
     <w:rsid w:val="006437F4"/>
     <w:rsid w:val="00646BCF"/>
     <w:rsid w:val="00650B17"/>
     <w:rsid w:val="00650D52"/>
     <w:rsid w:val="006546DB"/>
     <w:rsid w:val="00654F63"/>
     <w:rsid w:val="00655CAB"/>
     <w:rsid w:val="006564AE"/>
     <w:rsid w:val="00656EDB"/>
     <w:rsid w:val="006656F0"/>
     <w:rsid w:val="0067529E"/>
     <w:rsid w:val="006757AB"/>
     <w:rsid w:val="0068267F"/>
     <w:rsid w:val="00682E58"/>
     <w:rsid w:val="00682FF6"/>
     <w:rsid w:val="00685101"/>
     <w:rsid w:val="006853DC"/>
+    <w:rsid w:val="00690794"/>
     <w:rsid w:val="00694FDD"/>
     <w:rsid w:val="00697165"/>
     <w:rsid w:val="006A01FB"/>
     <w:rsid w:val="006A298F"/>
     <w:rsid w:val="006A345B"/>
     <w:rsid w:val="006A4286"/>
     <w:rsid w:val="006A46C5"/>
     <w:rsid w:val="006A4968"/>
     <w:rsid w:val="006A5487"/>
     <w:rsid w:val="006A6235"/>
     <w:rsid w:val="006B07C6"/>
     <w:rsid w:val="006B0836"/>
     <w:rsid w:val="006B6CBA"/>
     <w:rsid w:val="006B700E"/>
+    <w:rsid w:val="006C121A"/>
     <w:rsid w:val="006C190A"/>
     <w:rsid w:val="006E181B"/>
     <w:rsid w:val="006E3A51"/>
     <w:rsid w:val="006E3F91"/>
     <w:rsid w:val="006E401E"/>
     <w:rsid w:val="006E42C9"/>
     <w:rsid w:val="006E4442"/>
     <w:rsid w:val="006E464F"/>
     <w:rsid w:val="006F35A3"/>
     <w:rsid w:val="006F400F"/>
     <w:rsid w:val="006F40C7"/>
     <w:rsid w:val="006F4488"/>
     <w:rsid w:val="006F54B8"/>
     <w:rsid w:val="006F6090"/>
     <w:rsid w:val="006F6633"/>
     <w:rsid w:val="007020EA"/>
     <w:rsid w:val="00702B75"/>
     <w:rsid w:val="007032AE"/>
     <w:rsid w:val="0070362E"/>
     <w:rsid w:val="00705315"/>
     <w:rsid w:val="00705F75"/>
     <w:rsid w:val="007135AE"/>
     <w:rsid w:val="0071445F"/>
     <w:rsid w:val="00714F33"/>
     <w:rsid w:val="00720989"/>
     <w:rsid w:val="0072220F"/>
     <w:rsid w:val="00724AAF"/>
+    <w:rsid w:val="0072709B"/>
     <w:rsid w:val="00727A7E"/>
     <w:rsid w:val="0073638F"/>
     <w:rsid w:val="007368B8"/>
     <w:rsid w:val="007374F6"/>
     <w:rsid w:val="007400E4"/>
     <w:rsid w:val="00742C32"/>
     <w:rsid w:val="007500D5"/>
     <w:rsid w:val="0075011C"/>
     <w:rsid w:val="00750D61"/>
     <w:rsid w:val="00751142"/>
     <w:rsid w:val="00751DBE"/>
     <w:rsid w:val="00754E63"/>
     <w:rsid w:val="007553D6"/>
     <w:rsid w:val="0075601B"/>
     <w:rsid w:val="007573E6"/>
     <w:rsid w:val="00760157"/>
     <w:rsid w:val="007618A3"/>
     <w:rsid w:val="00765AD5"/>
     <w:rsid w:val="00767A96"/>
     <w:rsid w:val="00771A3A"/>
     <w:rsid w:val="00772BE6"/>
     <w:rsid w:val="00772C0F"/>
     <w:rsid w:val="00775422"/>
     <w:rsid w:val="00776843"/>
     <w:rsid w:val="00780A8C"/>
@@ -12110,50 +19369,51 @@
     <w:rsid w:val="009707DE"/>
     <w:rsid w:val="00972BB3"/>
     <w:rsid w:val="009737C2"/>
     <w:rsid w:val="00981F9D"/>
     <w:rsid w:val="00984307"/>
     <w:rsid w:val="009843CE"/>
     <w:rsid w:val="009857F0"/>
     <w:rsid w:val="0099025A"/>
     <w:rsid w:val="009915E2"/>
     <w:rsid w:val="009A09E8"/>
     <w:rsid w:val="009A2624"/>
     <w:rsid w:val="009A2728"/>
     <w:rsid w:val="009A433F"/>
     <w:rsid w:val="009A5CA4"/>
     <w:rsid w:val="009B18D3"/>
     <w:rsid w:val="009B2321"/>
     <w:rsid w:val="009B36CC"/>
     <w:rsid w:val="009B3C83"/>
     <w:rsid w:val="009B5A8D"/>
     <w:rsid w:val="009C1A3A"/>
     <w:rsid w:val="009C286C"/>
     <w:rsid w:val="009C7AC7"/>
     <w:rsid w:val="009D36CF"/>
     <w:rsid w:val="009D431B"/>
     <w:rsid w:val="009D51FF"/>
+    <w:rsid w:val="009D7963"/>
     <w:rsid w:val="009E15C6"/>
     <w:rsid w:val="009E21D6"/>
     <w:rsid w:val="009E2516"/>
     <w:rsid w:val="009E47AA"/>
     <w:rsid w:val="009E4B09"/>
     <w:rsid w:val="009E5688"/>
     <w:rsid w:val="009F05F1"/>
     <w:rsid w:val="009F310B"/>
     <w:rsid w:val="009F6729"/>
     <w:rsid w:val="00A00587"/>
     <w:rsid w:val="00A029F3"/>
     <w:rsid w:val="00A070DD"/>
     <w:rsid w:val="00A10C0E"/>
     <w:rsid w:val="00A11BAC"/>
     <w:rsid w:val="00A128AE"/>
     <w:rsid w:val="00A16838"/>
     <w:rsid w:val="00A17893"/>
     <w:rsid w:val="00A228A3"/>
     <w:rsid w:val="00A22B7E"/>
     <w:rsid w:val="00A23498"/>
     <w:rsid w:val="00A2369C"/>
     <w:rsid w:val="00A25C4C"/>
     <w:rsid w:val="00A26783"/>
     <w:rsid w:val="00A26BC4"/>
     <w:rsid w:val="00A26F14"/>
@@ -12165,51 +19425,50 @@
     <w:rsid w:val="00A45350"/>
     <w:rsid w:val="00A5198C"/>
     <w:rsid w:val="00A61988"/>
     <w:rsid w:val="00A679DD"/>
     <w:rsid w:val="00A67EB2"/>
     <w:rsid w:val="00A7089C"/>
     <w:rsid w:val="00A8331A"/>
     <w:rsid w:val="00A90466"/>
     <w:rsid w:val="00A91BE3"/>
     <w:rsid w:val="00A9589B"/>
     <w:rsid w:val="00AA1623"/>
     <w:rsid w:val="00AA2171"/>
     <w:rsid w:val="00AB09DD"/>
     <w:rsid w:val="00AB0F93"/>
     <w:rsid w:val="00AB513B"/>
     <w:rsid w:val="00AB6113"/>
     <w:rsid w:val="00AC0218"/>
     <w:rsid w:val="00AC39A0"/>
     <w:rsid w:val="00AD1E7F"/>
     <w:rsid w:val="00AE1659"/>
     <w:rsid w:val="00AE1DB0"/>
     <w:rsid w:val="00AE28E3"/>
     <w:rsid w:val="00AE5F82"/>
     <w:rsid w:val="00AE6641"/>
     <w:rsid w:val="00AF0EC1"/>
-    <w:rsid w:val="00AF2000"/>
     <w:rsid w:val="00AF6077"/>
     <w:rsid w:val="00B01042"/>
     <w:rsid w:val="00B02697"/>
     <w:rsid w:val="00B04FE8"/>
     <w:rsid w:val="00B10863"/>
     <w:rsid w:val="00B11E66"/>
     <w:rsid w:val="00B20D8B"/>
     <w:rsid w:val="00B24137"/>
     <w:rsid w:val="00B25F7F"/>
     <w:rsid w:val="00B326EE"/>
     <w:rsid w:val="00B33F01"/>
     <w:rsid w:val="00B35B76"/>
     <w:rsid w:val="00B36210"/>
     <w:rsid w:val="00B41599"/>
     <w:rsid w:val="00B5346F"/>
     <w:rsid w:val="00B550FF"/>
     <w:rsid w:val="00B55AC2"/>
     <w:rsid w:val="00B62F04"/>
     <w:rsid w:val="00B63A9B"/>
     <w:rsid w:val="00B830A6"/>
     <w:rsid w:val="00B85C75"/>
     <w:rsid w:val="00B87272"/>
     <w:rsid w:val="00BA14B7"/>
     <w:rsid w:val="00BA351C"/>
     <w:rsid w:val="00BA3597"/>
@@ -12248,64 +19507,66 @@
     <w:rsid w:val="00C333C6"/>
     <w:rsid w:val="00C33439"/>
     <w:rsid w:val="00C46B8E"/>
     <w:rsid w:val="00C501EA"/>
     <w:rsid w:val="00C511A9"/>
     <w:rsid w:val="00C52710"/>
     <w:rsid w:val="00C5369F"/>
     <w:rsid w:val="00C548CD"/>
     <w:rsid w:val="00C5561A"/>
     <w:rsid w:val="00C56A23"/>
     <w:rsid w:val="00C56FC5"/>
     <w:rsid w:val="00C61AF4"/>
     <w:rsid w:val="00C61B5E"/>
     <w:rsid w:val="00C626D3"/>
     <w:rsid w:val="00C63593"/>
     <w:rsid w:val="00C70D8E"/>
     <w:rsid w:val="00C715FA"/>
     <w:rsid w:val="00C72CEB"/>
     <w:rsid w:val="00C74AD1"/>
     <w:rsid w:val="00C75287"/>
     <w:rsid w:val="00C76242"/>
     <w:rsid w:val="00C77107"/>
     <w:rsid w:val="00C81BAF"/>
     <w:rsid w:val="00C82359"/>
     <w:rsid w:val="00C85D8E"/>
+    <w:rsid w:val="00C876E8"/>
     <w:rsid w:val="00C901D8"/>
     <w:rsid w:val="00C9411C"/>
     <w:rsid w:val="00CB3135"/>
     <w:rsid w:val="00CB3AEC"/>
     <w:rsid w:val="00CC4151"/>
     <w:rsid w:val="00CC491F"/>
     <w:rsid w:val="00CC6AE5"/>
     <w:rsid w:val="00CC7693"/>
     <w:rsid w:val="00CD531F"/>
     <w:rsid w:val="00CD617D"/>
     <w:rsid w:val="00CE3D09"/>
     <w:rsid w:val="00CF1001"/>
     <w:rsid w:val="00CF559D"/>
     <w:rsid w:val="00CF55DF"/>
+    <w:rsid w:val="00D03DC8"/>
     <w:rsid w:val="00D04019"/>
     <w:rsid w:val="00D0627E"/>
     <w:rsid w:val="00D12A90"/>
     <w:rsid w:val="00D12C5F"/>
     <w:rsid w:val="00D16EC1"/>
     <w:rsid w:val="00D22968"/>
     <w:rsid w:val="00D2450F"/>
     <w:rsid w:val="00D27C42"/>
     <w:rsid w:val="00D35448"/>
     <w:rsid w:val="00D364CB"/>
     <w:rsid w:val="00D3687A"/>
     <w:rsid w:val="00D404FE"/>
     <w:rsid w:val="00D40509"/>
     <w:rsid w:val="00D4159B"/>
     <w:rsid w:val="00D455BC"/>
     <w:rsid w:val="00D46E8C"/>
     <w:rsid w:val="00D538AE"/>
     <w:rsid w:val="00D560BD"/>
     <w:rsid w:val="00D608F4"/>
     <w:rsid w:val="00D6161E"/>
     <w:rsid w:val="00D6719E"/>
     <w:rsid w:val="00D738C1"/>
     <w:rsid w:val="00D74D02"/>
     <w:rsid w:val="00D77A82"/>
     <w:rsid w:val="00D803EC"/>
@@ -12337,100 +19598,105 @@
     <w:rsid w:val="00DF1483"/>
     <w:rsid w:val="00DF72C5"/>
     <w:rsid w:val="00E01700"/>
     <w:rsid w:val="00E057B4"/>
     <w:rsid w:val="00E0700A"/>
     <w:rsid w:val="00E1035F"/>
     <w:rsid w:val="00E11012"/>
     <w:rsid w:val="00E12488"/>
     <w:rsid w:val="00E1603E"/>
     <w:rsid w:val="00E17B7B"/>
     <w:rsid w:val="00E17FA2"/>
     <w:rsid w:val="00E2250C"/>
     <w:rsid w:val="00E255BF"/>
     <w:rsid w:val="00E276B3"/>
     <w:rsid w:val="00E33E0F"/>
     <w:rsid w:val="00E3469E"/>
     <w:rsid w:val="00E3777B"/>
     <w:rsid w:val="00E402EF"/>
     <w:rsid w:val="00E4044B"/>
     <w:rsid w:val="00E4057E"/>
     <w:rsid w:val="00E40980"/>
     <w:rsid w:val="00E43239"/>
     <w:rsid w:val="00E45A42"/>
     <w:rsid w:val="00E46CA4"/>
     <w:rsid w:val="00E47AC5"/>
+    <w:rsid w:val="00E50C88"/>
     <w:rsid w:val="00E51C37"/>
     <w:rsid w:val="00E5705A"/>
     <w:rsid w:val="00E61119"/>
     <w:rsid w:val="00E65539"/>
     <w:rsid w:val="00E70114"/>
     <w:rsid w:val="00E70F55"/>
     <w:rsid w:val="00E71580"/>
     <w:rsid w:val="00E80E1E"/>
     <w:rsid w:val="00E80F8C"/>
     <w:rsid w:val="00E90904"/>
     <w:rsid w:val="00E94A07"/>
     <w:rsid w:val="00E94F14"/>
     <w:rsid w:val="00E95125"/>
     <w:rsid w:val="00E97D43"/>
     <w:rsid w:val="00EA521A"/>
     <w:rsid w:val="00EA57D2"/>
     <w:rsid w:val="00EA6685"/>
     <w:rsid w:val="00EA6B5F"/>
+    <w:rsid w:val="00EA6CBA"/>
     <w:rsid w:val="00EB2B21"/>
     <w:rsid w:val="00EB3528"/>
     <w:rsid w:val="00EB38AD"/>
+    <w:rsid w:val="00EC589C"/>
     <w:rsid w:val="00ED341D"/>
     <w:rsid w:val="00ED4C42"/>
     <w:rsid w:val="00ED507E"/>
     <w:rsid w:val="00ED64DB"/>
     <w:rsid w:val="00EE038C"/>
     <w:rsid w:val="00EE1207"/>
+    <w:rsid w:val="00EE66FD"/>
     <w:rsid w:val="00EE781A"/>
     <w:rsid w:val="00EF1E22"/>
     <w:rsid w:val="00EF37ED"/>
     <w:rsid w:val="00EF6EA3"/>
     <w:rsid w:val="00EF70AF"/>
     <w:rsid w:val="00F002AB"/>
     <w:rsid w:val="00F02A3A"/>
     <w:rsid w:val="00F04B32"/>
     <w:rsid w:val="00F13D2A"/>
     <w:rsid w:val="00F157B5"/>
     <w:rsid w:val="00F26552"/>
     <w:rsid w:val="00F2751F"/>
     <w:rsid w:val="00F31827"/>
     <w:rsid w:val="00F3244D"/>
     <w:rsid w:val="00F33111"/>
     <w:rsid w:val="00F35B1B"/>
     <w:rsid w:val="00F41D5D"/>
     <w:rsid w:val="00F441A2"/>
     <w:rsid w:val="00F46528"/>
     <w:rsid w:val="00F5089F"/>
     <w:rsid w:val="00F528D4"/>
     <w:rsid w:val="00F63125"/>
     <w:rsid w:val="00F63AF7"/>
+    <w:rsid w:val="00F65776"/>
     <w:rsid w:val="00F662AF"/>
     <w:rsid w:val="00F724A6"/>
     <w:rsid w:val="00F73F91"/>
     <w:rsid w:val="00F809C4"/>
     <w:rsid w:val="00F8547A"/>
     <w:rsid w:val="00F85783"/>
     <w:rsid w:val="00F960A6"/>
     <w:rsid w:val="00F97E0C"/>
     <w:rsid w:val="00FA0ACD"/>
     <w:rsid w:val="00FA4837"/>
     <w:rsid w:val="00FA48F2"/>
     <w:rsid w:val="00FA58A9"/>
     <w:rsid w:val="00FA7000"/>
     <w:rsid w:val="00FA76D3"/>
     <w:rsid w:val="00FB24B0"/>
     <w:rsid w:val="00FB3A59"/>
     <w:rsid w:val="00FB795A"/>
     <w:rsid w:val="00FC469C"/>
     <w:rsid w:val="00FC6E96"/>
     <w:rsid w:val="00FD7620"/>
     <w:rsid w:val="00FF032A"/>
     <w:rsid w:val="00FF11AE"/>
     <w:rsid w:val="00FF2414"/>
     <w:rsid w:val="00FF492C"/>
     <w:rsid w:val="00FF6B26"/>
@@ -13596,51 +20862,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2101876756">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trauma.georgia.gov/gqip/gqip-data-resources" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trauma.georgia.gov/events/2025-08-21/gcte-meeting" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://georgiatraumafoundation.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trauma.georgia.gov/gqip/gqip-data-resources" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trauma.georgia.gov/events/2025-10-30/gcte-meeting" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="GTC OFFICIAL 2">
       <a:dk1>
         <a:srgbClr val="21445D"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FEFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1E475C"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E0E0F6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="3B95C3"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="00C53C"/>
       </a:accent2>
       <a:accent3>
@@ -13901,50 +21167,72 @@
     <we:reference id="WA200001011" version="1.2.0.0" store="en-US" storeType="OMEX"/>
   </we:alternateReferences>
   <we:properties/>
   <we:bindings/>
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Documentation_x0020_Type xmlns="b669c99f-ef72-41ae-8724-a0ab506ea8cd">Agenda</Documentation_x0020_Type>
+    <_dlc_DocId xmlns="fafa0144-f1f3-4a9e-9e5c-b6da44ac55c1">D4Y5EQWVZ6X2-316-37</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="fafa0144-f1f3-4a9e-9e5c-b6da44ac55c1">
+      <Url>http://nghsportal.nghs.com/voice/congress/_layouts/15/DocIdRedir.aspx?ID=D4Y5EQWVZ6X2-316-37</Url>
+      <Description>D4Y5EQWVZ6X2-316-37</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006831B3444F4CE947BF3A7176FE5E00F4" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7f510da2860f5bd54460e552e43da9ac">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fafa0144-f1f3-4a9e-9e5c-b6da44ac55c1" xmlns:ns3="b669c99f-ef72-41ae-8724-a0ab506ea8cd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5382d3438c1300a7f510add196a2e00e" ns2:_="" ns3:_="">
     <xsd:import namespace="fafa0144-f1f3-4a9e-9e5c-b6da44ac55c1"/>
     <xsd:import namespace="b669c99f-ef72-41ae-8724-a0ab506ea8cd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:Documentation_x0020_Type" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fafa0144-f1f3-4a9e-9e5c-b6da44ac55c1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
@@ -14061,198 +21349,176 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3AD9B44-A232-48E6-B9A4-134FF860A4CF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D6B20CC-9119-4ECB-8B46-8B9C2B05B87D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b669c99f-ef72-41ae-8724-a0ab506ea8cd"/>
+    <ds:schemaRef ds:uri="fafa0144-f1f3-4a9e-9e5c-b6da44ac55c1"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{605EB0CD-8A70-4D3D-921F-95AFC0D84492}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="fafa0144-f1f3-4a9e-9e5c-b6da44ac55c1"/>
     <ds:schemaRef ds:uri="b669c99f-ef72-41ae-8724-a0ab506ea8cd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C450955E-B8E2-4A65-B6C3-1931B708EAA4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="fafa0144-f1f3-4a9e-9e5c-b6da44ac55c1"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>17734</Characters>
+  <Pages>15</Pages>
+  <Words>3901</Words>
+  <Characters>22241</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>147</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>185</Lines>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Unit Council Agenda Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20804</CharactersWithSpaces>
+  <CharactersWithSpaces>26090</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Unit Council Agenda Template</dc:title>
   <dc:subject/>
   <dc:creator>Lori Mikek</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006831B3444F4CE947BF3A7176FE5E00F4</vt:lpwstr>